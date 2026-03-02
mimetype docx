--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -163,756 +163,347 @@
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00193BB5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ABC University</w:t>
       </w:r>
       <w:r w:rsidR="00193BB5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00193BB5" w:rsidRPr="00193BB5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4C94D8" w:themeColor="text2" w:themeTint="80"/>
         </w:rPr>
         <w:t>[Affiliation 2]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738EF65D" w14:textId="05BE9FE2" w:rsidR="00193BB5" w:rsidRPr="00193BB5" w:rsidRDefault="00193BB5">
-[...8 lines deleted...]
-        <w:t>Corresponding author email: abc@domain.com</w:t>
+    <w:p w14:paraId="738EF65D" w14:textId="05BE9FE2" w:rsidR="00193BB5" w:rsidRPr="00431F9F" w:rsidRDefault="00193BB5">
+      <w:r w:rsidRPr="00431F9F">
+        <w:t>*Corresponding author email: abc@domain.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DB3483" w14:textId="4A757353" w:rsidR="00E00B12" w:rsidRDefault="00E262A9">
-[...1 lines deleted...]
-        <w:t>https://doi.org/...</w:t>
+    <w:p w14:paraId="170838B6" w14:textId="385EFBDE" w:rsidR="00E262A9" w:rsidRDefault="00431F9F">
+      <w:r w:rsidRPr="00431F9F">
+        <w:t>https://doi.org/10.65956/procia...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170838B6" w14:textId="77777777" w:rsidR="00E262A9" w:rsidRDefault="00E262A9"/>
+    <w:p w14:paraId="7653F2D3" w14:textId="77777777" w:rsidR="00431F9F" w:rsidRDefault="00431F9F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="7103"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="7670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="6A0DC74C" w14:textId="77777777" w:rsidTr="00EB4ADA">
+      <w:tr w:rsidR="00431F9F" w:rsidRPr="00E92161" w14:paraId="5309F77A" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C097F44" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="30B2B657" w14:textId="77777777" w:rsidR="00431F9F" w:rsidRPr="00E92161" w:rsidRDefault="00431F9F" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...22 lines deleted...]
-                <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="109E6CC8" w14:textId="77777777" w:rsidTr="00EB4ADA">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00431F9F" w:rsidRPr="00E92161" w14:paraId="6F39D5EC" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74E80A82" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="4067F549" w14:textId="77777777" w:rsidR="00431F9F" w:rsidRPr="00E92161" w:rsidRDefault="00431F9F" w:rsidP="00274B46">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...98 lines deleted...]
-            <w:r w:rsidRPr="00FA3DE4">
+            <w:r w:rsidRPr="005A5AAF">
               <w:rPr>
                 <w:i/>
-              </w:rPr>
-[...450 lines deleted...]
-              <w:t>.</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="5AD58DD8" w14:textId="77777777" w:rsidTr="00EB4ADA">
+      <w:tr w:rsidR="00431F9F" w:rsidRPr="00E92161" w14:paraId="670D20DB" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7964387C" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRPr="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="18D0A7DD" w14:textId="77777777" w:rsidR="00431F9F" w:rsidRPr="00E92161" w:rsidRDefault="00431F9F" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB4ADA">
+            <w:r w:rsidRPr="00E92161">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Keywords</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>extensive reading, incidental learning, vocabulary, EMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7103" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2ED9210C" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRPr="00FA3DE4" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="17C476C5" w14:textId="77777777" w:rsidR="00431F9F" w:rsidRPr="00E92161" w:rsidRDefault="00431F9F" w:rsidP="00274B46">
             <w:pPr>
-              <w:rPr>
-                <w:i/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>learner autonomy, learning engagement, virtual space, technology-supported learning space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, EMI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00431F9F" w:rsidRPr="00E92161" w14:paraId="458D5161" w14:textId="77777777" w:rsidTr="00274B46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DB261B9" w14:textId="77777777" w:rsidR="00431F9F" w:rsidRPr="00E92161" w:rsidRDefault="00431F9F" w:rsidP="00274B46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Article history</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F5BF330" w14:textId="77777777" w:rsidR="00431F9F" w:rsidRPr="00E92161" w:rsidRDefault="00431F9F" w:rsidP="00274B46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Received: 0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>xx</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> | Accepted: 0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026 | Available: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>xx</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32FADAEC" w14:textId="77777777" w:rsidR="00FA3DE4" w:rsidRDefault="00FA3DE4"/>
     <w:p w14:paraId="22940B24" w14:textId="3D0B658F" w:rsidR="00AC1F47" w:rsidRDefault="00191965" w:rsidP="00FA3DE4">
       <w:r w:rsidRPr="00191965">
         <w:t>David Jones</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is a lecturer… </w:t>
       </w:r>
       <w:r w:rsidRPr="00191965">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F1781D">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00191965">
@@ -1046,99 +637,100 @@
       <w:r w:rsidRPr="0078459E">
         <w:t>https://orcid.org/</w:t>
       </w:r>
       <w:r w:rsidRPr="0078459E">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>0000-0002-xxxx-xxxx</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0078459E" w:rsidRPr="00FA3DE4" w:rsidSect="00340D65">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1361" w:right="1361" w:bottom="1361" w:left="1361" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B1751D7" w14:textId="77777777" w:rsidR="00732140" w:rsidRDefault="00732140" w:rsidP="001A7CC6">
+    <w:p w14:paraId="1635263B" w14:textId="77777777" w:rsidR="007F5330" w:rsidRDefault="007F5330" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A8769BD" w14:textId="77777777" w:rsidR="00732140" w:rsidRDefault="00732140" w:rsidP="001A7CC6">
+    <w:p w14:paraId="2AC65A23" w14:textId="77777777" w:rsidR="007F5330" w:rsidRDefault="007F5330" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1175761524"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
@@ -1176,92 +768,85 @@
         <w:r w:rsidRPr="003346C0">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="003346C0">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="435F30F0" w14:textId="77777777" w:rsidR="00732140" w:rsidRDefault="00732140" w:rsidP="001A7CC6">
+    <w:p w14:paraId="1816E00B" w14:textId="77777777" w:rsidR="007F5330" w:rsidRDefault="007F5330" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="369ABF9D" w14:textId="77777777" w:rsidR="00732140" w:rsidRDefault="00732140" w:rsidP="001A7CC6">
+    <w:p w14:paraId="7EF23C57" w14:textId="77777777" w:rsidR="007F5330" w:rsidRDefault="007F5330" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2ECFAE9E" w14:textId="2A883A3A" w:rsidR="005D3DB4" w:rsidRPr="005D3DB4" w:rsidRDefault="008A52D2" w:rsidP="00A34388">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A52D2">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Proceedings of International Academia</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Proceedings of International Academia </w:t>
     </w:r>
     <w:r w:rsidR="005D3DB4" w:rsidRPr="005D3DB4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="005D3DB4" w:rsidRPr="005D3DB4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="005D3DB4" w:rsidRPr="005D3DB4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Volume xx, Issue xx, 202x</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DE774AD" w14:textId="3EDEE070" w:rsidR="008A52D2" w:rsidRDefault="005D3DB4" w:rsidP="00A34388">
     <w:pPr>
@@ -1353,76 +938,79 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B3F15"/>
     <w:rsid w:val="0000351E"/>
     <w:rsid w:val="000C6A16"/>
     <w:rsid w:val="000F5CA9"/>
     <w:rsid w:val="00191965"/>
     <w:rsid w:val="00193BB5"/>
     <w:rsid w:val="001A7CC6"/>
     <w:rsid w:val="001B2D3A"/>
     <w:rsid w:val="00246DC6"/>
     <w:rsid w:val="002A62E7"/>
     <w:rsid w:val="002C6E03"/>
     <w:rsid w:val="002D6649"/>
     <w:rsid w:val="002F0AD8"/>
     <w:rsid w:val="003346C0"/>
     <w:rsid w:val="00340D65"/>
     <w:rsid w:val="00357368"/>
     <w:rsid w:val="003B3F15"/>
     <w:rsid w:val="003E3810"/>
+    <w:rsid w:val="00431F9F"/>
     <w:rsid w:val="004818F3"/>
     <w:rsid w:val="004C0CC6"/>
     <w:rsid w:val="005241C7"/>
     <w:rsid w:val="00535B97"/>
     <w:rsid w:val="005438E2"/>
     <w:rsid w:val="005D3DB4"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="006D1BCF"/>
     <w:rsid w:val="006E0ED7"/>
     <w:rsid w:val="00713BEB"/>
     <w:rsid w:val="00732140"/>
     <w:rsid w:val="007667D5"/>
     <w:rsid w:val="0078459E"/>
     <w:rsid w:val="0078638B"/>
     <w:rsid w:val="007A210E"/>
+    <w:rsid w:val="007F5330"/>
     <w:rsid w:val="008136DE"/>
     <w:rsid w:val="008166D5"/>
     <w:rsid w:val="008A52D2"/>
     <w:rsid w:val="008C4AC5"/>
     <w:rsid w:val="009146F3"/>
     <w:rsid w:val="00933484"/>
     <w:rsid w:val="00963157"/>
     <w:rsid w:val="00A25204"/>
     <w:rsid w:val="00A34388"/>
     <w:rsid w:val="00AC1F47"/>
     <w:rsid w:val="00B56405"/>
+    <w:rsid w:val="00C75A30"/>
     <w:rsid w:val="00D82627"/>
     <w:rsid w:val="00D94406"/>
     <w:rsid w:val="00E00B12"/>
     <w:rsid w:val="00E0453E"/>
     <w:rsid w:val="00E25C4B"/>
     <w:rsid w:val="00E262A9"/>
     <w:rsid w:val="00EB4ADA"/>
     <w:rsid w:val="00F1781D"/>
     <w:rsid w:val="00F274CC"/>
     <w:rsid w:val="00F556B9"/>
     <w:rsid w:val="00F85231"/>
     <w:rsid w:val="00FA3DE4"/>
     <w:rsid w:val="00FD446A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -2399,50 +1987,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A7CC6"/>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="003346C0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -2707,69 +2296,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>234</Words>
-  <Characters>1338</Characters>
+  <Words>207</Words>
+  <Characters>1186</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1569</CharactersWithSpaces>
+  <CharactersWithSpaces>1391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tin Dang</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>