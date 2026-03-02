--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -155,757 +155,356 @@
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00193BB5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ABC University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00193BB5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4C94D8" w:themeColor="text2" w:themeTint="80"/>
         </w:rPr>
         <w:t>[Affiliation 2]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E184D17" w14:textId="77777777" w:rsidR="0046637D" w:rsidRPr="00193BB5" w:rsidRDefault="0046637D" w:rsidP="0046637D">
-[...8 lines deleted...]
-        <w:t>Corresponding author email: abc@domain.com</w:t>
+    <w:p w14:paraId="1E184D17" w14:textId="77777777" w:rsidR="0046637D" w:rsidRPr="00990E72" w:rsidRDefault="0046637D" w:rsidP="0046637D">
+      <w:r w:rsidRPr="00990E72">
+        <w:t>*Corresponding author email: abc@domain.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25521C6F" w14:textId="77777777" w:rsidR="0046637D" w:rsidRDefault="0046637D" w:rsidP="0046637D">
-[...1 lines deleted...]
-        <w:t>https://doi.org/...</w:t>
+    <w:p w14:paraId="25521C6F" w14:textId="580EF03A" w:rsidR="0046637D" w:rsidRDefault="0046637D" w:rsidP="0046637D">
+      <w:r>
+        <w:t>https://doi.org/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00E352E0">
+        <w:t>10.65956/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t>procia</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00E352E0">
+        <w:t>...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173DC31D" w14:textId="77777777" w:rsidR="0046637D" w:rsidRPr="0046637D" w:rsidRDefault="0046637D" w:rsidP="0046637D"/>
-    <w:p w14:paraId="15B551D1" w14:textId="77777777" w:rsidR="00193BB5" w:rsidRDefault="00193BB5"/>
+    <w:p w14:paraId="173DC31D" w14:textId="77777777" w:rsidR="0046637D" w:rsidRDefault="0046637D" w:rsidP="0046637D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="7103"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="7670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="6A0DC74C" w14:textId="77777777" w:rsidTr="00EB4ADA">
+      <w:tr w:rsidR="00E352E0" w:rsidRPr="00E92161" w14:paraId="3FCAC278" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C097F44" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="7C1EAC73" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRPr="00E92161" w:rsidRDefault="00E352E0" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...22 lines deleted...]
-                <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="109E6CC8" w14:textId="77777777" w:rsidTr="00EB4ADA">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00E352E0" w:rsidRPr="00E92161" w14:paraId="0F9D1884" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74E80A82" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="609357D3" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRPr="00E92161" w:rsidRDefault="00E352E0" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...98 lines deleted...]
-            <w:r w:rsidRPr="00FA3DE4">
+            <w:r w:rsidRPr="005A5AAF">
               <w:rPr>
                 <w:i/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>This research aims to determin</w:t>
-[...449 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="5AD58DD8" w14:textId="77777777" w:rsidTr="00EB4ADA">
+      <w:tr w:rsidR="00E352E0" w:rsidRPr="00E92161" w14:paraId="314C0AA6" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7964387C" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRPr="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="18C231C8" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRPr="00E92161" w:rsidRDefault="00E352E0" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB4ADA">
+            <w:r w:rsidRPr="00E92161">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Keywords</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>extensive reading, incidental learning, vocabulary, EMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7103" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2ED9210C" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRPr="00FA3DE4" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="6CFC977A" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRPr="00E92161" w:rsidRDefault="00E352E0" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>learner autonomy, learning engagement, virtual space, technology-supported learning space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, EMI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E352E0" w:rsidRPr="00E92161" w14:paraId="7F2B03C9" w14:textId="77777777" w:rsidTr="00274B46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D41485D" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRPr="00E92161" w:rsidRDefault="00E352E0" w:rsidP="00274B46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Article history</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C81EB41" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRPr="00E92161" w:rsidRDefault="00E352E0" w:rsidP="00274B46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Received: 0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>xx</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> | Accepted: 0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026 | Available: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>xx</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32FADAEC" w14:textId="77777777" w:rsidR="00FA3DE4" w:rsidRDefault="00FA3DE4"/>
     <w:p w14:paraId="230602D0" w14:textId="77777777" w:rsidR="0046637D" w:rsidRDefault="0046637D" w:rsidP="0046637D">
       <w:r w:rsidRPr="00191965">
         <w:t>David Jones</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is a lecturer… </w:t>
       </w:r>
       <w:r w:rsidRPr="00191965">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00191965">
@@ -1044,91 +643,101 @@
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>0000-0002-xxxx-xxxx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DCE33A" w14:textId="77777777" w:rsidR="0046637D" w:rsidRDefault="0046637D"/>
     <w:p w14:paraId="191949D3" w14:textId="77777777" w:rsidR="0046637D" w:rsidRDefault="0046637D"/>
     <w:p w14:paraId="7DAA8774" w14:textId="2E497CFE" w:rsidR="00FA3DE4" w:rsidRPr="005241C7" w:rsidRDefault="00FA3DE4" w:rsidP="005241C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="005241C7">
         <w:t>INTRODUCTION</w:t>
       </w:r>
       <w:r w:rsidR="00AC1F47" w:rsidRPr="005241C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC1F47" w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[HEADING LEVEL 1]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121B6A59" w14:textId="77777777" w:rsidR="00FA3DE4" w:rsidRDefault="00FA3DE4" w:rsidP="00FA3DE4"/>
-    <w:p w14:paraId="4A49B59B" w14:textId="1EB0E16E" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47" w:rsidP="00FA3DE4">
+    <w:p w14:paraId="4A49B59B" w14:textId="2D5B2526" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47" w:rsidP="00FA3DE4">
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3D78">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3D78" w:rsidRPr="00AC1F47">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3D78">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22940B24" w14:textId="77777777" w:rsidR="00AC1F47" w:rsidRPr="00FA3DE4" w:rsidRDefault="00AC1F47" w:rsidP="00FA3DE4"/>
     <w:p w14:paraId="46B24268" w14:textId="5B72FEE1" w:rsidR="00FA3DE4" w:rsidRDefault="00AC1F47">
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E61BD6" w14:textId="77777777" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47"/>
     <w:p w14:paraId="69396E1E" w14:textId="05604599" w:rsidR="00AC1F47" w:rsidRPr="00AC1F47" w:rsidRDefault="00AC1F47" w:rsidP="005241C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC1F47">
+        <w:lastRenderedPageBreak/>
         <w:t>LITERATURE REVIEW</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[HEADING LEVEL 1]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="215398A7" w14:textId="77777777" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47"/>
     <w:p w14:paraId="618BE5D0" w14:textId="68124E52" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47">
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
@@ -1217,114 +826,145 @@
       <w:r w:rsidR="0000351E" w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="734AD51E" w14:textId="77777777" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47"/>
     <w:p w14:paraId="0771F48F" w14:textId="0840A9D1" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47" w:rsidP="00AC1F47">
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
       <w:r w:rsidR="00F274CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F274CC" w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
       <w:r w:rsidR="00F274CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F274CC" w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6CF7A2A0" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRDefault="00E352E0" w:rsidP="00AC1F47"/>
+    <w:p w14:paraId="49C964EF" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRDefault="00E352E0" w:rsidP="00E352E0">
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="749A4E0F" w14:textId="77777777" w:rsidR="00F274CC" w:rsidRDefault="00F274CC" w:rsidP="00AC1F47"/>
     <w:p w14:paraId="3B0FE40F" w14:textId="75596348" w:rsidR="00F274CC" w:rsidRPr="00AC1F47" w:rsidRDefault="00F274CC" w:rsidP="005241C7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Intensive</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1F47">
         <w:t xml:space="preserve"> Reading</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0000351E" w:rsidRPr="0000351E">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="0000351E">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>Heading Level 2</w:t>
       </w:r>
       <w:r w:rsidR="0000351E" w:rsidRPr="0000351E">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BACDFA6" w14:textId="77777777" w:rsidR="00F274CC" w:rsidRDefault="00F274CC" w:rsidP="00F274CC"/>
-    <w:p w14:paraId="398A344B" w14:textId="5E4FDDBB" w:rsidR="00AC1F47" w:rsidRDefault="00F274CC" w:rsidP="00F274CC">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="398A344B" w14:textId="1A53C7C5" w:rsidR="00AC1F47" w:rsidRDefault="00F274CC" w:rsidP="00E352E0">
+      <w:r w:rsidRPr="00E352E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F274CC">
-        <w:t>Table 1</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Students’ Pre-Test Reading Result in Control and Experimental Group</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E352E0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Students’ Pre-Test Reading Result in Control and Experimental Group</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E03B7D" w14:textId="08B8CCD0" w:rsidR="00F274CC" w:rsidRDefault="00F274CC" w:rsidP="00F274CC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1618"/>
         <w:gridCol w:w="1618"/>
         <w:gridCol w:w="1618"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00246DC6" w14:paraId="19A9C45B" w14:textId="77777777" w:rsidTr="00B24DAF">
+      <w:tr w:rsidR="00246DC6" w14:paraId="19A9C45B" w14:textId="77777777" w:rsidTr="00E352E0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="034E151B" w14:textId="63AA275E" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246DC6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Test </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -1356,51 +996,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6F89EF2F" w14:textId="708217E9" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246DC6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Picture</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00246DC6" w14:paraId="03BA2454" w14:textId="77777777" w:rsidTr="00246DC6">
+      <w:tr w:rsidR="00246DC6" w14:paraId="03BA2454" w14:textId="77777777" w:rsidTr="00E352E0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D66AC01" w14:textId="761495F3" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:r w:rsidRPr="00246DC6">
               <w:t>Variables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26E164E7" w14:textId="7DCB8291" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003C26B6">
               <w:t>Control</w:t>
             </w:r>
           </w:p>
@@ -1423,51 +1063,51 @@
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EFAB8E1" w14:textId="48BF3231" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003C26B6">
               <w:t>Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43934490" w14:textId="06830A30" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003C26B6">
               <w:t>Experimental</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00246DC6" w14:paraId="2696DA73" w14:textId="77777777" w:rsidTr="00246DC6">
+      <w:tr w:rsidR="00246DC6" w14:paraId="2696DA73" w14:textId="77777777" w:rsidTr="00E352E0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B9F8F63" w14:textId="0EC97155" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:r w:rsidRPr="00246DC6">
               <w:t>Mean score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="134C9E16" w14:textId="3705A2E0" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A630CD">
               <w:t>1.61</w:t>
             </w:r>
           </w:p>
@@ -1490,51 +1130,51 @@
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B906780" w14:textId="15DCCF22" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A630CD">
               <w:t>2.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DDF9D00" w14:textId="76EEAD62" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F274CC">
               <w:t>1.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00246DC6" w14:paraId="21216543" w14:textId="77777777" w:rsidTr="00246DC6">
+      <w:tr w:rsidR="00246DC6" w14:paraId="21216543" w14:textId="77777777" w:rsidTr="00E352E0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D7CCDF1" w14:textId="0175FA5C" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:r w:rsidRPr="00246DC6">
               <w:t>Standard Deviation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17F57ABC" w14:textId="6E462CC9" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003265CE">
               <w:t>0.73</w:t>
             </w:r>
           </w:p>
@@ -1559,66 +1199,152 @@
           <w:p w14:paraId="1A14B44E" w14:textId="530318D4" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003265CE">
               <w:t>1.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2755C989" w14:textId="5C5FA80F" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00246DC6">
               <w:t>0.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34DDC35B" w14:textId="6CE23360" w:rsidR="00F274CC" w:rsidRDefault="00F274CC"/>
-    <w:p w14:paraId="456D0F4E" w14:textId="1C2D3813" w:rsidR="00AC1F47" w:rsidRDefault="007667D5">
+    <w:p w14:paraId="70372397" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRDefault="00246DC6" w:rsidP="00E352E0">
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00246DC6">
+        <w:t xml:space="preserve">Extensive reading (ER) is a valuable instructional method for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00246DC6">
+        <w:lastRenderedPageBreak/>
+        <w:t>enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0" w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C05D81" w14:textId="0E5D44A8" w:rsidR="00E352E0" w:rsidRDefault="00E352E0" w:rsidP="00E352E0"/>
+    <w:p w14:paraId="06BF7962" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRDefault="00E352E0" w:rsidP="00E352E0">
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E15C5B" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRDefault="00E352E0"/>
+    <w:p w14:paraId="705A930D" w14:textId="7415A1F7" w:rsidR="00933484" w:rsidRPr="007667D5" w:rsidRDefault="007667D5" w:rsidP="00E352E0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E352E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007667D5">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E352E0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Processes of Learner Autonomy (adapted from Dang &amp; Robertson, 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CFCF2F" w14:textId="47149D3C" w:rsidR="00933484" w:rsidRDefault="00E352E0">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B469D19" wp14:editId="5B26AC0E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B469D19" wp14:editId="4A9A0F2C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>788670</wp:posOffset>
+                  <wp:posOffset>585470</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>775823</wp:posOffset>
+                  <wp:posOffset>288502</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4617085" cy="2082165"/>
                 <wp:effectExtent l="0" t="95250" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2083317981" name="Group 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4617085" cy="2082165"/>
                           <a:chOff x="4301" y="1622"/>
                           <a:chExt cx="5355" cy="2415"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
                         <wpg:cNvPr id="916658209" name="Group 3"/>
                         <wpg:cNvGrpSpPr>
@@ -2486,51 +2212,51 @@
                                   </w:rPr>
                                   <w:t>Controlling direction</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2B469D19" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:62.1pt;margin-top:61.1pt;width:363.55pt;height:163.95pt;z-index:251658240" coordorigin="4301,1622" coordsize="5355,2415" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfT199KgoAAEA8AAAOAAAAZHJzL2Uyb0RvYy54bWzsW1lv3DgSfl9g/4Ogx10kFqm7kc5gNodn&#10;gdnNYMaz77JafWzUUq8ku+359fuRRVJHS47PTiZ2AhhUkyqSxar6qoqlNz9cbXPrMqvqTVnMbfba&#10;sa2sSMvFpljN7d/PPr6KbKtukmKR5GWRze3rrLZ/ePvXv7zZ72YZL9dlvsgqC0SKerbfze110+xm&#10;Jyd1us62Sf263GUFOpdltU0aPFark0WV7EF9m59wxwlO9mW12FVlmtU1fn1PnfZbSX+5zNLm03JZ&#10;Z42Vz22srZF/K/n3XPw9efsmma2qZLfepGoZyT1WsU02BSY1pN4nTWJdVJsDUttNWpV1uWxep+X2&#10;pFwuN2km94DdMGewm9OqvNjJvaxm+9XOsAmsHfDp3mTTf1+eVrvfdr9UtHo0fy7TzzX4crLfrWbd&#10;fvG8osHW+f5f5QLnmVw0pdz41bLaChLYknUl+Xtt+JtdNVaKH72AhU7k21aKPu5EnAU+nUC6xjGJ&#10;9zzXYbaFbhZwrvs+qPd919cve0y+eZLMaGK5WLU4cfhqpdTEJn6prM1ibscsCPyIO7FtFckW65cs&#10;tlwx03C74jAfix0j29JM4VEEwZQcUZtKZoYdrhu6kh2xF7EhOw7fvCs7OGNR6PrcxQq6/PCemh8j&#10;+xrhB1RC71mJh+vFxA/mONx0avnoMES9OskQWJu6Vaj6YQr12zrZZVJPa6EwStYYD7zQC2NmmPsr&#10;zFFSrPLMksK738nhWvlq0jyrKN+tMSr7sarK/TpLFlid3CpkvPOCeKiht19URbDsgGea2ZGnZM8N&#10;pC00/Epmu6puTrNya4nG3K6wdqnoyeXPdSPMQztE6H1d5pvFx02ey4dqdf4ur6zLBGb3o/xH7+a7&#10;dUK/6ulqGirp9WjkhaBUlIImTSd+kTwQ2xb6Ws+aq/Mrqbr17LxcXIMbVUk2HpiExrqs/rCtPez7&#10;3K7/d5FUmW3l/yzAUey70Y1KN851IylSvDq3G9ui5ruGQONiV21Wa1BmckNF+SMM4HIjGSIWRKtQ&#10;64SI3WCLYAt9jzHmDYxR8OTK11UiZWS1QPRUSMFja41GXkzXo9qnj3fcOh9D++IojFzueXBAyLSJ&#10;k5KaaoXE4Y4yQX4fU/tICkMxveNIQVGw6DmRR/Dm+OiB6CYzw3qti7AaomdaFxflvpDWgZRKKKQg&#10;tFqonSaL/wJEl9scrgxU0MJUerLuGN4dg6MNNaRKFZcL0EZAKvWXNJzWPFBiaw/U9bkvl9rrU5qv&#10;zIFYohaa3rDtpoGHmG+2czsyg5KZMIwfioXkYJNscmqDZyNWYtQ0ZMl/YCLGjUPMcHDaQHh+yPFA&#10;RkL1kKFQPY9qLI6gGpHDOQw/jn+oGNFxFIN5geeF3O1qhu97WJBw/F4040Uz7gCjQejA0HtDlz4m&#10;Ue5HMI/r0hu3ymcSUVpTzhCakk8vW9JIGRT1fE9jQMilxgmHX6MoC8yrotXFgWGMcwRTwYAKHpjr&#10;YsVkLD4JQIFLi4X13NFHRlABOBozR/ilMfMGbrXuqfJgszzf7Grhpyez+zqxdBw9fMqLB0McwnyF&#10;ZHdBNeH7yqBWBget8/ktusBHENXIDYI4CAN4PkNYY4ZDiM7eFZTrSK8KleswEZf0Ds+ud8gL9AIu&#10;ekVw+HYBlxFY5msFPxTYvm4fSGvdVImINN6VRYHQq6wo4JgQXBMmCf/nwfIovL73Sb0m16y+rt+X&#10;jVD4ZHY/SSVrLnRH8FBGRa0tIzvy5NG4Fwa+E8pQWIlHlVpMRj/jdkwvFyJDEfrtz78NuDlZyg4y&#10;ODrbw1yavePmpxcUcnctlHDrh/79KcCFvPu/v7Ic8Z9Oxzj3p8b9xwAWRmE8Nsj4/xiEVJwzRunM&#10;TPW3E7ALcGbtafBgyjMzJQY61triAXdlKNsJTM7MlIJaHLNoihoyFrRDDJSUpigCmMzAybUha2gG&#10;ETs668MBGBYna0puAJGvCsV2tJAEQM6VIrldWYtEpWAMvFVsmzABo8SxTQwm1/ZM5hkx382DyTs4&#10;09GYHEwvqRWJXMwwoV3ZFhLa53Qqu6QRGxELEk1hEOQB29YaLXkw1hJ5lbldICuPlP1VU13USOF/&#10;+qy3uS0vs7NSUmjEfuXZyy2/0ltuh6QX55v0H9kfvRciR2Q2wCPPYdIbw2IkKbUU6euHTMnIQZeQ&#10;Ws3bHvmxyVqS3AkR8uNM2tkcGGGxDu76UW8hQgJD6gJPDL87s4HtgoE3MhKWuvwMyIBAvPBxgo8C&#10;lrrCQcojVVGdse5P87LOSKWI8+oIpDgLLejYyAPUYzGCx3tnGg7AzWqkL0A6Ah3KV8geZrjnQkNK&#10;mEo8qHF1kyV5s0ZK4WAoFn7bvMR0yvL7zkrgbgd44IropwPQ6mZmLFUnhKQH3TcDtLWE+/+TTtyq&#10;2MKNIC+UdUBShA7VuGotVHNPW259zdUVQ+2TdXCkRWKQvz1UT6HwqcHN20L1JBQewLQXhTfCNGeu&#10;P0mtB9OCkoDpMYp3hmliRYcaVOh5wbRk411hmqRZxxZfQGgWc0Jo5T8OMRjh1EQP4S2Z6T4e95+G&#10;FDlHjNZHZx8eAKEzrsr6XRA86tISJe1/62rg8QZ0Jv7dDZ2fFfvGQbl7tN8wKN8Atsmsj8tT+P0C&#10;yp3KmfE77Ch0vCAOhR52QFmVBzwGKMvr2pD7gRtE3esAj4fkmTOgsDILBphxaaqyq6Grg5GnBmY/&#10;fqQYOgqmYt4hNLt+rO2v8Sf6EXTAuD9FrQvNkhKgeZTiPaBZMKND7blBM7HxrtDMIgK628bP3DE3&#10;YgNclFcECGjjECNkIHKAswxHJLoGiCnipxY/2xBZU+RBFPeiZxYHPuQSk7koqZFesH6LCemjLi2o&#10;g9nwOI3Piol3w+fnx8MpkG7P9xsG6SnkHSL0DWAOGXqJnHV56zhIIykbMQ69VRjdlplRkWQvSH66&#10;ezoUM6k6M9zvDyA7RnmZrHH8E9eZybs2c2EwWlMynbvB9o9VbnaEuzbuuDxyYieCj0Z+YUfmZHx3&#10;JJlr60EZ1wWy2k38bmTO5MCetcx5YYgiD5fDG1GhiKnnQxIfrs6RRA6F2NrMhTRxe7vHTQlf8DVK&#10;+CIXJSnk9L2U8H2tEr7uzXa3LcTzyW+5WRDHLgzfmF1+8uI+cUuma3YcUXcrbvhYEA3z6oGDsEF+&#10;8MC+oCUPLjonZRjU64h1mqujcf/S1NaYVMe3anv7Ijbx2QtOAfiIuxWTx6HvXuhe9ik/fAl1LQwP&#10;h6UQ+PgE1xpSDlBehpNCcKo/Awpjh27Bcftg+j6oz4C4KwroOi/iDL9enbnPcInMECcf4hLKho+H&#10;Sx2WIV0n2ak9IReFGJJfLJC6aPiF+HzwlYcoOXrs0nKfRb6e91ng0nQY8H1f4TI/9CPfj1BKcRAW&#10;wG87ni5E+PSKbo6M+dC6wGLxBcaY8ThUhod+8oQNQ9UegD7mM7E/A/pIJMJnqnLT6pNa8R1s9xnt&#10;7oe/b/8PAAD//wMAUEsDBBQABgAIAAAAIQDjYM7/4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9Ba8JAEIXvhf6HZQq91U2iKRKzEZG2JylUC8Xbmh2TYHY2ZNck/vuOp/b2HvPx5r18PdlWDNj7&#10;xpGCeBaBQCqdaahS8H14f1mC8EGT0a0jVHBDD+vi8SHXmXEjfeGwD5XgEPKZVlCH0GVS+rJGq/3M&#10;dUh8O7ve6sC2r6Tp9cjhtpVJFL1KqxviD7XucFtjedlfrYKPUY+befw27C7n7e14SD9/djEq9fw0&#10;bVYgAk7hD4Z7fa4OBXc6uSsZL1r2ySJh9C4SFkws03gO4qRgkUYxyCKX/zcUvwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAfT199KgoAAEA8AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDjYM7/4AAAAAsBAAAPAAAAAAAAAAAAAAAAAIQMAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkQ0AAAAA&#10;">
+              <v:group w14:anchorId="2B469D19" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.1pt;margin-top:22.7pt;width:363.55pt;height:163.95pt;z-index:251658240" coordorigin="4301,1622" coordsize="5355,2415" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfT199KgoAAEA8AAAOAAAAZHJzL2Uyb0RvYy54bWzsW1lv3DgSfl9g/4Ogx10kFqm7kc5gNodn&#10;gdnNYMaz77JafWzUUq8ku+359fuRRVJHS47PTiZ2AhhUkyqSxar6qoqlNz9cbXPrMqvqTVnMbfba&#10;sa2sSMvFpljN7d/PPr6KbKtukmKR5GWRze3rrLZ/ePvXv7zZ72YZL9dlvsgqC0SKerbfze110+xm&#10;Jyd1us62Sf263GUFOpdltU0aPFark0WV7EF9m59wxwlO9mW12FVlmtU1fn1PnfZbSX+5zNLm03JZ&#10;Z42Vz22srZF/K/n3XPw9efsmma2qZLfepGoZyT1WsU02BSY1pN4nTWJdVJsDUttNWpV1uWxep+X2&#10;pFwuN2km94DdMGewm9OqvNjJvaxm+9XOsAmsHfDp3mTTf1+eVrvfdr9UtHo0fy7TzzX4crLfrWbd&#10;fvG8osHW+f5f5QLnmVw0pdz41bLaChLYknUl+Xtt+JtdNVaKH72AhU7k21aKPu5EnAU+nUC6xjGJ&#10;9zzXYbaFbhZwrvs+qPd919cve0y+eZLMaGK5WLU4cfhqpdTEJn6prM1ibscsCPyIO7FtFckW65cs&#10;tlwx03C74jAfix0j29JM4VEEwZQcUZtKZoYdrhu6kh2xF7EhOw7fvCs7OGNR6PrcxQq6/PCemh8j&#10;+xrhB1RC71mJh+vFxA/mONx0avnoMES9OskQWJu6Vaj6YQr12zrZZVJPa6EwStYYD7zQC2NmmPsr&#10;zFFSrPLMksK738nhWvlq0jyrKN+tMSr7sarK/TpLFlid3CpkvPOCeKiht19URbDsgGea2ZGnZM8N&#10;pC00/Epmu6puTrNya4nG3K6wdqnoyeXPdSPMQztE6H1d5pvFx02ey4dqdf4ur6zLBGb3o/xH7+a7&#10;dUK/6ulqGirp9WjkhaBUlIImTSd+kTwQ2xb6Ws+aq/Mrqbr17LxcXIMbVUk2HpiExrqs/rCtPez7&#10;3K7/d5FUmW3l/yzAUey70Y1KN851IylSvDq3G9ui5ruGQONiV21Wa1BmckNF+SMM4HIjGSIWRKtQ&#10;64SI3WCLYAt9jzHmDYxR8OTK11UiZWS1QPRUSMFja41GXkzXo9qnj3fcOh9D++IojFzueXBAyLSJ&#10;k5KaaoXE4Y4yQX4fU/tICkMxveNIQVGw6DmRR/Dm+OiB6CYzw3qti7AaomdaFxflvpDWgZRKKKQg&#10;tFqonSaL/wJEl9scrgxU0MJUerLuGN4dg6MNNaRKFZcL0EZAKvWXNJzWPFBiaw/U9bkvl9rrU5qv&#10;zIFYohaa3rDtpoGHmG+2czsyg5KZMIwfioXkYJNscmqDZyNWYtQ0ZMl/YCLGjUPMcHDaQHh+yPFA&#10;RkL1kKFQPY9qLI6gGpHDOQw/jn+oGNFxFIN5geeF3O1qhu97WJBw/F4040Uz7gCjQejA0HtDlz4m&#10;Ue5HMI/r0hu3ymcSUVpTzhCakk8vW9JIGRT1fE9jQMilxgmHX6MoC8yrotXFgWGMcwRTwYAKHpjr&#10;YsVkLD4JQIFLi4X13NFHRlABOBozR/ilMfMGbrXuqfJgszzf7Grhpyez+zqxdBw9fMqLB0McwnyF&#10;ZHdBNeH7yqBWBget8/ktusBHENXIDYI4CAN4PkNYY4ZDiM7eFZTrSK8KleswEZf0Ds+ud8gL9AIu&#10;ekVw+HYBlxFY5msFPxTYvm4fSGvdVImINN6VRYHQq6wo4JgQXBMmCf/nwfIovL73Sb0m16y+rt+X&#10;jVD4ZHY/SSVrLnRH8FBGRa0tIzvy5NG4Fwa+E8pQWIlHlVpMRj/jdkwvFyJDEfrtz78NuDlZyg4y&#10;ODrbw1yavePmpxcUcnctlHDrh/79KcCFvPu/v7Ic8Z9Oxzj3p8b9xwAWRmE8Nsj4/xiEVJwzRunM&#10;TPW3E7ALcGbtafBgyjMzJQY61triAXdlKNsJTM7MlIJaHLNoihoyFrRDDJSUpigCmMzAybUha2gG&#10;ETs668MBGBYna0puAJGvCsV2tJAEQM6VIrldWYtEpWAMvFVsmzABo8SxTQwm1/ZM5hkx382DyTs4&#10;09GYHEwvqRWJXMwwoV3ZFhLa53Qqu6QRGxELEk1hEOQB29YaLXkw1hJ5lbldICuPlP1VU13USOF/&#10;+qy3uS0vs7NSUmjEfuXZyy2/0ltuh6QX55v0H9kfvRciR2Q2wCPPYdIbw2IkKbUU6euHTMnIQZeQ&#10;Ws3bHvmxyVqS3AkR8uNM2tkcGGGxDu76UW8hQgJD6gJPDL87s4HtgoE3MhKWuvwMyIBAvPBxgo8C&#10;lrrCQcojVVGdse5P87LOSKWI8+oIpDgLLejYyAPUYzGCx3tnGg7AzWqkL0A6Ah3KV8geZrjnQkNK&#10;mEo8qHF1kyV5s0ZK4WAoFn7bvMR0yvL7zkrgbgd44IropwPQ6mZmLFUnhKQH3TcDtLWE+/+TTtyq&#10;2MKNIC+UdUBShA7VuGotVHNPW259zdUVQ+2TdXCkRWKQvz1UT6HwqcHN20L1JBQewLQXhTfCNGeu&#10;P0mtB9OCkoDpMYp3hmliRYcaVOh5wbRk411hmqRZxxZfQGgWc0Jo5T8OMRjh1EQP4S2Z6T4e95+G&#10;FDlHjNZHZx8eAKEzrsr6XRA86tISJe1/62rg8QZ0Jv7dDZ2fFfvGQbl7tN8wKN8Atsmsj8tT+P0C&#10;yp3KmfE77Ch0vCAOhR52QFmVBzwGKMvr2pD7gRtE3esAj4fkmTOgsDILBphxaaqyq6Grg5GnBmY/&#10;fqQYOgqmYt4hNLt+rO2v8Sf6EXTAuD9FrQvNkhKgeZTiPaBZMKND7blBM7HxrtDMIgK628bP3DE3&#10;YgNclFcECGjjECNkIHKAswxHJLoGiCnipxY/2xBZU+RBFPeiZxYHPuQSk7koqZFesH6LCemjLi2o&#10;g9nwOI3Piol3w+fnx8MpkG7P9xsG6SnkHSL0DWAOGXqJnHV56zhIIykbMQ69VRjdlplRkWQvSH66&#10;ezoUM6k6M9zvDyA7RnmZrHH8E9eZybs2c2EwWlMynbvB9o9VbnaEuzbuuDxyYieCj0Z+YUfmZHx3&#10;JJlr60EZ1wWy2k38bmTO5MCetcx5YYgiD5fDG1GhiKnnQxIfrs6RRA6F2NrMhTRxe7vHTQlf8DVK&#10;+CIXJSnk9L2U8H2tEr7uzXa3LcTzyW+5WRDHLgzfmF1+8uI+cUuma3YcUXcrbvhYEA3z6oGDsEF+&#10;8MC+oCUPLjonZRjU64h1mqujcf/S1NaYVMe3anv7Ijbx2QtOAfiIuxWTx6HvXuhe9ik/fAl1LQwP&#10;h6UQ+PgE1xpSDlBehpNCcKo/Awpjh27Bcftg+j6oz4C4KwroOi/iDL9enbnPcInMECcf4hLKho+H&#10;Sx2WIV0n2ak9IReFGJJfLJC6aPiF+HzwlYcoOXrs0nKfRb6e91ng0nQY8H1f4TI/9CPfj1BKcRAW&#10;wG87ni5E+PSKbo6M+dC6wGLxBcaY8ThUhod+8oQNQ9UegD7mM7E/A/pIJMJnqnLT6pNa8R1s9xnt&#10;7oe/b/8PAAD//wMAUEsDBBQABgAIAAAAIQDdAcvs4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8NAFITvgv9heYI3u0m21TbmpZSinopgK4i31+Q1Cc3uhuw2Sf+960mPwwwz32TrSbdi4N41&#10;1iDEswgEm8KWjakQPg+vD0sQzpMpqbWGEa7sYJ3f3mSUlnY0HzzsfSVCiXEpIdTed6mUrqhZk5vZ&#10;jk3wTrbX5IPsK1n2NIZy3cokih6lpsaEhZo63tZcnPcXjfA20rhR8cuwO5+21+/D4v1rFzPi/d20&#10;eQbhefJ/YfjFD+iQB6ajvZjSiRZhlSQhiTBfzEEEfxmvFIgjgnpSCmSeyf8P8h8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAH09ffSoKAABAPAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA3QHL7OEAAAAJAQAADwAAAAAAAAAAAAAAAACEDAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJINAAAAAA==&#10;">
                 <v:group id="Group 3" o:spid="_x0000_s1027" style="position:absolute;left:4301;top:1622;width:2880;height:2415" coordorigin="3373,9481" coordsize="2880,2415" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCDEooHygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qne6iaKQaOriLTiQYRqofT2yD6TYPZtyG6T+O9dQfA4zMw3zHLdm0q01LjSsoJ4FIEg&#10;zqwuOVfwc/76mIFwHlljZZkU3MjBevX+tsRU246/qT35XAQIuxQVFN7XqZQuK8igG9maOHgX2xj0&#10;QTa51A12AW4qOY6iRBosOSwUWNO2oOx6+jcKdh12m0n82R6ul+3t7zw9/h5iUmo46DcLEJ56/wo/&#10;23utYB4nyXQ2jubwuBTugFzdAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIMSigfKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
                   <v:group id="Group 4" o:spid="_x0000_s1028" style="position:absolute;left:3373;top:9481;width:2880;height:2201" coordorigin="3493,10021" coordsize="2880,2201" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHxKU1ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/LasJA&#10;FIb3hb7DcITu6mQSrBIdRaQtXUjBC5TuDpljEsycCZlpEt++sxBc/vw3vtVmtI3oqfO1Yw1qmoAg&#10;LpypudRwPn28LkD4gGywcUwabuRhs35+WmFu3MAH6o+hFHGEfY4aqhDaXEpfVGTRT11LHL2L6yyG&#10;KLtSmg6HOG4bmSbJm7RYc3yosKVdRcX1+Gc1fA44bDP13u+vl93t9zT7/tkr0vplMm6XIAKN4RG+&#10;t7+MhlSpxTybpVmkiEyRB+T6HwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIfEpTXKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
                     <v:rect id="Rectangle 5" o:spid="_x0000_s1029" style="position:absolute;left:4933;top:10021;width:840;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCulopQygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGb3bSErsZuixQKFYtg1PuQHZNgdjbsrk36752D4HFm3rz3vs1u9oM6U0x9YAvLRQGK&#10;uAmu59bCx/vh7h5UysgOh8Bk4UIJdtvrqw1WLkz8Ruc6t0pMOFVooct5rLROTUce0yKMxHL7CtFj&#10;ljG22kWcxNwPelUUa+2xZ0nocKR9R813/eMtmKaOn9PpUJr6+HrKA5vn/eXF2tub+ekRVKY5/4v/&#10;vo9O6q/WpSnNw1IohEkWoLe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK6WilDKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" stroked="f">
                       <v:fill opacity="0"/>
                       <v:textbox inset="0,0,0,0">
                         <w:txbxContent>
                           <w:p w14:paraId="68D9AAFA" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F2579D">
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                               </w:rPr>
                               <w:t>Initiating</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:rect>
@@ -2720,209 +2446,177 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">: </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00F2579D">
                             <w:rPr>
                               <w:sz w:val="22"/>
                             </w:rPr>
                             <w:t>Controlling direction</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:rect>
                 </v:group>
                 <w10:wrap type="topAndBottom"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00246DC6" w:rsidRPr="00246DC6">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="75FECD27" w14:textId="2236677F" w:rsidR="00933484" w:rsidRDefault="00933484"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="6512765F" w14:textId="1EE61F9C" w:rsidR="007667D5" w:rsidRDefault="007667D5">
+    <w:p w14:paraId="2DA2485B" w14:textId="6EC345C3" w:rsidR="00E352E0" w:rsidRDefault="00E352E0"/>
+    <w:p w14:paraId="2030AE12" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRDefault="007667D5">
       <w:r w:rsidRPr="00246DC6">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
       <w:r w:rsidR="00F556B9" w:rsidRPr="00F556B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F556B9" w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r w:rsidR="00F556B9">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FBCEA5" w14:textId="77777777" w:rsidR="00E352E0" w:rsidRDefault="00E352E0"/>
+    <w:p w14:paraId="6512765F" w14:textId="0692B379" w:rsidR="007667D5" w:rsidRDefault="00F556B9">
+      <w:r w:rsidRPr="00AC1F47">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00F556B9" w:rsidRPr="00AC1F47">
+      <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
-      <w:r w:rsidR="00F556B9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F556B9">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000F5CA9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F5CA9" w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r w:rsidR="000F5CA9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000F5CA9" w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r w:rsidR="000F5CA9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67878155" w14:textId="77777777" w:rsidR="003346C0" w:rsidRDefault="003346C0"/>
     <w:p w14:paraId="2409A336" w14:textId="3901F9DF" w:rsidR="003346C0" w:rsidRPr="00FA3DE4" w:rsidRDefault="003346C0" w:rsidP="003346C0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS </w:t>
       </w:r>
       <w:r w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[HEADING LEVEL 1]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="545034E2" w14:textId="77777777" w:rsidR="003346C0" w:rsidRDefault="003346C0"/>
     <w:p w14:paraId="560A503D" w14:textId="6F261995" w:rsidR="00933484" w:rsidRDefault="003346C0">
       <w:r>
         <w:t>This research project is funded by ABC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57C34E60" w14:textId="77777777" w:rsidR="003346C0" w:rsidRDefault="003346C0"/>
     <w:p w14:paraId="5D7604FE" w14:textId="30D9DC64" w:rsidR="00933484" w:rsidRPr="00FA3DE4" w:rsidRDefault="00933484" w:rsidP="005241C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">REFERENCES </w:t>
       </w:r>
       <w:r w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[HEADING LEVEL 1</w:t>
       </w:r>
       <w:r w:rsidR="004C0CC6">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve"> – APA 7th</w:t>
       </w:r>
       <w:r w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420638F5" w14:textId="635EFCA2" w:rsidR="006700E9" w:rsidRDefault="006700E9" w:rsidP="006700E9"/>
-    <w:p w14:paraId="336839E2" w14:textId="3DA122D4" w:rsidR="006700E9" w:rsidRPr="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
+    <w:p w14:paraId="336839E2" w14:textId="3521A38D" w:rsidR="006700E9" w:rsidRPr="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">Al-Homoud, F., &amp; Schmitt, N. (2009). Extensive reading in a challenging environment: A comparison of extensive and intensive reading approaches in Saudi Arabia. </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Language Teaching Research</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
-        <w:t>(4), 383–401. https://doi.org/10.1177/1362168809339569</w:t>
+        <w:t>(4), 383</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006700E9">
+        <w:t>401. https://doi.org/10.1177/1362168809339569</w:t>
       </w:r>
       <w:r w:rsidR="007A210E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="666126AF" w14:textId="486E472C" w:rsidR="006700E9" w:rsidRPr="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">Boers, F. (2018). Incidental vocabulary learning. In P. Garrett &amp; J. M. Cots (Eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The Routledge </w:t>
       </w:r>
       <w:r w:rsidR="002F0AD8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
@@ -2946,225 +2640,252 @@
       <w:r w:rsidR="002F0AD8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>wareness</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve"> (pp. 185</w:t>
       </w:r>
       <w:r w:rsidR="007A210E">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t>197). Routledge. https://doi.org/10.4324/9781315647759</w:t>
       </w:r>
       <w:r w:rsidR="007A210E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1BFE2B" w14:textId="63B23F35" w:rsidR="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
+    <w:p w14:paraId="3C1BFE2B" w14:textId="2BA5BEC5" w:rsidR="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">Burrows, C. (2012). Extensive reading and the development of language skills. </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ELT Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>66</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
-        <w:t>(3), 428–436. https://doi.org/10.1093/elt/ccr083</w:t>
+        <w:t>(3), 428</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006700E9">
+        <w:t>436. https://doi.org/10.1093/elt/ccr083</w:t>
       </w:r>
       <w:r w:rsidR="007A210E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D98AFAF" w14:textId="50191C35" w:rsidR="00137F23" w:rsidRDefault="00137F23" w:rsidP="003E3810">
+    <w:p w14:paraId="3D98AFAF" w14:textId="7334AF0D" w:rsidR="00137F23" w:rsidRDefault="00137F23" w:rsidP="003E3810">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00137F23">
-        <w:t>Dang, T. T. (2025). Developing a model for learner autonomy capacity measurement in EFL learning. </w:t>
+        <w:t>Dang, T. T. (2025).</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137F23">
+        <w:t>Developing a model for learner autonomy capacity measurement in EFL learning.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00137F23">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>rEFLections</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00137F23">
-        <w:t>, </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
-        <w:t>(2), 1099–1119. </w:t>
+        <w:t>(2), 1099</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137F23">
+        <w:t>1119.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C6126">
         <w:t>https://doi.org/10.61508/refl.v32i2.283186</w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1162474C" w14:textId="28EF1F16" w:rsidR="007579CA" w:rsidRDefault="007579CA" w:rsidP="003E3810">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jones, D. (2023). Extensive reading… </w:t>
       </w:r>
       <w:r w:rsidRPr="007579CA">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[This is the publication of the author, for example.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AA0D11" w14:textId="070809D3" w:rsidR="00EC303D" w:rsidRDefault="00EC303D" w:rsidP="003E3810">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC303D">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kotthoff, H., Spencer-Oatey, H., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC303D">
         <w:t>NetLibrary</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC303D">
         <w:t xml:space="preserve"> Inc. (2007). </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC303D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Handbook of intercultural communication</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC303D">
         <w:t>. Mouton de Gruyter.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC303D" w:rsidSect="00A67346">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1361" w:right="1361" w:bottom="1361" w:left="1361" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36AF6B3B" w14:textId="77777777" w:rsidR="00866332" w:rsidRDefault="00866332" w:rsidP="001A7CC6">
+    <w:p w14:paraId="2FF5D522" w14:textId="77777777" w:rsidR="00676A78" w:rsidRDefault="00676A78" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7068E591" w14:textId="77777777" w:rsidR="00866332" w:rsidRDefault="00866332" w:rsidP="001A7CC6">
+    <w:p w14:paraId="2BB35182" w14:textId="77777777" w:rsidR="00676A78" w:rsidRDefault="00676A78" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1175761524"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
@@ -3202,58 +2923,58 @@
         <w:r w:rsidRPr="003346C0">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="003346C0">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30D3DDF1" w14:textId="77777777" w:rsidR="00866332" w:rsidRDefault="00866332" w:rsidP="001A7CC6">
+    <w:p w14:paraId="47997C7F" w14:textId="77777777" w:rsidR="00676A78" w:rsidRDefault="00676A78" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F820281" w14:textId="77777777" w:rsidR="00866332" w:rsidRDefault="00866332" w:rsidP="001A7CC6">
+    <w:p w14:paraId="3D6F1F2A" w14:textId="77777777" w:rsidR="00676A78" w:rsidRDefault="00676A78" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45C18DD3" w14:textId="0BB7830B" w:rsidR="00D13914" w:rsidRDefault="00A67346" w:rsidP="00B749F8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:left w:val="single" w:sz="8" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsia="Yu Gothic"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004B2353">
       <w:rPr>
         <w:rFonts w:eastAsia="Yu Gothic"/>
@@ -3413,120 +3134,125 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="3F74878B" w14:textId="62A285AC" w:rsidR="005D3DB4" w:rsidRPr="00D13914" w:rsidRDefault="005D3DB4" w:rsidP="00D13914">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="21"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="78F1014C" w14:textId="77777777" w:rsidR="00D13914" w:rsidRPr="00D13914" w:rsidRDefault="00D13914" w:rsidP="00D13914">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="21"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B3F15"/>
     <w:rsid w:val="0000351E"/>
     <w:rsid w:val="000C6126"/>
     <w:rsid w:val="000F5CA9"/>
     <w:rsid w:val="00137F23"/>
     <w:rsid w:val="00193BB5"/>
     <w:rsid w:val="001A7CC6"/>
     <w:rsid w:val="001B2D3A"/>
     <w:rsid w:val="00246DC6"/>
     <w:rsid w:val="002C6E03"/>
     <w:rsid w:val="002F0AD8"/>
     <w:rsid w:val="003346C0"/>
     <w:rsid w:val="003473FC"/>
     <w:rsid w:val="00357368"/>
     <w:rsid w:val="003B3F15"/>
     <w:rsid w:val="003C683B"/>
     <w:rsid w:val="003E3810"/>
     <w:rsid w:val="004557C0"/>
     <w:rsid w:val="0046637D"/>
     <w:rsid w:val="004818F3"/>
     <w:rsid w:val="004C0CC6"/>
     <w:rsid w:val="005241C7"/>
     <w:rsid w:val="00535B97"/>
     <w:rsid w:val="00553704"/>
     <w:rsid w:val="005D3DB4"/>
     <w:rsid w:val="006700E9"/>
+    <w:rsid w:val="00676A78"/>
     <w:rsid w:val="00713BEB"/>
     <w:rsid w:val="007579CA"/>
     <w:rsid w:val="007667D5"/>
     <w:rsid w:val="007A210E"/>
+    <w:rsid w:val="007E3D78"/>
     <w:rsid w:val="008166D5"/>
     <w:rsid w:val="00866332"/>
     <w:rsid w:val="008C4AC5"/>
     <w:rsid w:val="009146F3"/>
     <w:rsid w:val="00933484"/>
     <w:rsid w:val="00963157"/>
+    <w:rsid w:val="00990E72"/>
     <w:rsid w:val="00A25204"/>
     <w:rsid w:val="00A67346"/>
     <w:rsid w:val="00AC1F47"/>
     <w:rsid w:val="00B749F8"/>
     <w:rsid w:val="00C552EF"/>
+    <w:rsid w:val="00C75A30"/>
     <w:rsid w:val="00D13914"/>
     <w:rsid w:val="00D82627"/>
     <w:rsid w:val="00DC1712"/>
     <w:rsid w:val="00E00B12"/>
     <w:rsid w:val="00E0453E"/>
     <w:rsid w:val="00E25C4B"/>
+    <w:rsid w:val="00E352E0"/>
     <w:rsid w:val="00EB4ADA"/>
     <w:rsid w:val="00EC303D"/>
     <w:rsid w:val="00F274CC"/>
     <w:rsid w:val="00F556B9"/>
     <w:rsid w:val="00F85231"/>
     <w:rsid w:val="00FA3DE4"/>
     <w:rsid w:val="00FD446A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -4805,69 +4531,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>863</Words>
-  <Characters>4925</Characters>
+  <Words>1151</Words>
+  <Characters>6561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5777</CharactersWithSpaces>
+  <CharactersWithSpaces>7697</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tin Dang</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>