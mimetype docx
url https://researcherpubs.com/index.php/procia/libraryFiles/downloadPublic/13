--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -21,726 +21,336 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5A2EC26A" w14:textId="378CC352" w:rsidR="00E25C4B" w:rsidRPr="003346C0" w:rsidRDefault="00FA3DE4" w:rsidP="003346C0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rStyle w:val="BookTitle"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003346C0">
         <w:rPr>
           <w:rStyle w:val="BookTitle"/>
         </w:rPr>
         <w:t>Exploring the Effectiveness of Extensive Reading</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B551D1" w14:textId="77777777" w:rsidR="00193BB5" w:rsidRDefault="00193BB5"/>
+    <w:p w14:paraId="32FADAEC" w14:textId="77777777" w:rsidR="00FA3DE4" w:rsidRDefault="00FA3DE4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="7103"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="7670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="6A0DC74C" w14:textId="77777777" w:rsidTr="00EB4ADA">
+      <w:tr w:rsidR="00365A20" w:rsidRPr="00E92161" w14:paraId="7E5D0ACA" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C097F44" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="77EA9B84" w14:textId="77777777" w:rsidR="00365A20" w:rsidRPr="00E92161" w:rsidRDefault="00365A20" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...22 lines deleted...]
-                <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="109E6CC8" w14:textId="77777777" w:rsidTr="00EB4ADA">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00365A20" w:rsidRPr="00E92161" w14:paraId="427FC323" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74E80A82" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="5273E0B1" w14:textId="77777777" w:rsidR="00365A20" w:rsidRPr="00E92161" w:rsidRDefault="00365A20" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...80 lines deleted...]
-            <w:r w:rsidRPr="00FA3DE4">
+            <w:r w:rsidRPr="005A5AAF">
               <w:rPr>
                 <w:i/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>This research aims to determin</w:t>
-[...449 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine. This research aims to determine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4ADA" w14:paraId="5AD58DD8" w14:textId="77777777" w:rsidTr="00EB4ADA">
+      <w:tr w:rsidR="00365A20" w:rsidRPr="00E92161" w14:paraId="0260A46B" w14:textId="77777777" w:rsidTr="00274B46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7964387C" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRPr="00EB4ADA" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="3A6DF194" w14:textId="77777777" w:rsidR="00365A20" w:rsidRPr="00E92161" w:rsidRDefault="00365A20" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB4ADA">
+            <w:r w:rsidRPr="00E92161">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Keywords</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>extensive reading, incidental learning, vocabulary, EMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7103" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2ED9210C" w14:textId="77777777" w:rsidR="00EB4ADA" w:rsidRPr="00FA3DE4" w:rsidRDefault="00EB4ADA">
+          <w:p w14:paraId="26D988C5" w14:textId="77777777" w:rsidR="00365A20" w:rsidRPr="00E92161" w:rsidRDefault="00365A20" w:rsidP="00274B46">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>learner autonomy, learning engagement, virtual space, technology-supported learning space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, EMI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00365A20" w:rsidRPr="00E92161" w14:paraId="345C28F2" w14:textId="77777777" w:rsidTr="00274B46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50904ED9" w14:textId="77777777" w:rsidR="00365A20" w:rsidRPr="00E92161" w:rsidRDefault="00365A20" w:rsidP="00274B46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Article history</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7670" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B2DBA98" w14:textId="77777777" w:rsidR="00365A20" w:rsidRPr="00E92161" w:rsidRDefault="00365A20" w:rsidP="00274B46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Received: 0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>xx</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> | Accepted: 0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026 | Available: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xxx</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92161">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>xx</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32FADAEC" w14:textId="77777777" w:rsidR="00FA3DE4" w:rsidRDefault="00FA3DE4"/>
+    <w:p w14:paraId="432EDD3F" w14:textId="77777777" w:rsidR="00365A20" w:rsidRDefault="00365A20"/>
     <w:p w14:paraId="7DAA8774" w14:textId="2E497CFE" w:rsidR="00FA3DE4" w:rsidRPr="005241C7" w:rsidRDefault="00FA3DE4" w:rsidP="005241C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="005241C7">
         <w:t>INTRODUCTION</w:t>
       </w:r>
       <w:r w:rsidR="00AC1F47" w:rsidRPr="005241C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC1F47" w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[HEADING LEVEL 1]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121B6A59" w14:textId="77777777" w:rsidR="00FA3DE4" w:rsidRDefault="00FA3DE4" w:rsidP="00FA3DE4"/>
     <w:p w14:paraId="4A49B59B" w14:textId="1EB0E16E" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47" w:rsidP="00FA3DE4">
       <w:r w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -890,406 +500,472 @@
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="734AD51E" w14:textId="77777777" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47"/>
     <w:p w14:paraId="0771F48F" w14:textId="0840A9D1" w:rsidR="00AC1F47" w:rsidRDefault="00AC1F47" w:rsidP="00AC1F47">
       <w:r w:rsidRPr="00AC1F47">
         <w:lastRenderedPageBreak/>
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
       <w:r w:rsidR="00F274CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F274CC" w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
       <w:r w:rsidR="00F274CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F274CC" w:rsidRPr="00AC1F47">
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749A4E0F" w14:textId="77777777" w:rsidR="00F274CC" w:rsidRDefault="00F274CC" w:rsidP="00AC1F47"/>
-    <w:p w14:paraId="3B0FE40F" w14:textId="75596348" w:rsidR="00F274CC" w:rsidRPr="00AC1F47" w:rsidRDefault="00F274CC" w:rsidP="005241C7">
+    <w:p w14:paraId="510FB240" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00AC1F47" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Intensive</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1F47">
         <w:t xml:space="preserve"> Reading</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0000351E" w:rsidRPr="0000351E">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="0000351E">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:t>Heading Level 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0000351E" w:rsidRPr="0000351E">
+        <w:t>[Heading Level 2]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62361F95" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="51668B44" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
+      <w:r w:rsidRPr="00E352E0">
         <w:rPr>
-          <w:color w:val="00B0F0"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>]</w:t>
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F274CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E352E0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Students’ Pre-Test Reading Result in Control and Experimental Group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BACDFA6" w14:textId="77777777" w:rsidR="00F274CC" w:rsidRDefault="00F274CC" w:rsidP="00F274CC"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="78E03B7D" w14:textId="08B8CCD0" w:rsidR="00F274CC" w:rsidRDefault="00F274CC" w:rsidP="00F274CC"/>
+    <w:p w14:paraId="65F99E5F" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1618"/>
         <w:gridCol w:w="1618"/>
         <w:gridCol w:w="1618"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00246DC6" w14:paraId="19A9C45B" w14:textId="77777777" w:rsidTr="00B24DAF">
+      <w:tr w:rsidR="00102511" w14:paraId="78EE66C2" w14:textId="77777777" w:rsidTr="00274B46">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="034E151B" w14:textId="63AA275E" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6">
+          <w:p w14:paraId="343D8737" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00246DC6" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246DC6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Test </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>One</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5736AC98" w14:textId="3200173F" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="3779279E" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00246DC6" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F274CC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Definition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F89EF2F" w14:textId="708217E9" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="3DF19BAF" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00246DC6" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246DC6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Picture</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00246DC6" w14:paraId="03BA2454" w14:textId="77777777" w:rsidTr="00246DC6">
+      <w:tr w:rsidR="00102511" w14:paraId="2A229DC3" w14:textId="77777777" w:rsidTr="00274B46">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D66AC01" w14:textId="761495F3" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="6CE906AD" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00246DC6" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:r w:rsidRPr="00246DC6">
               <w:t>Variables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26E164E7" w14:textId="7DCB8291" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="42B211C2" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F274CC" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003C26B6">
               <w:t>Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE8BF2C" w14:textId="633708A0" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="44602382" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003C26B6">
               <w:t>Experimental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFAB8E1" w14:textId="48BF3231" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="373EF883" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F274CC" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003C26B6">
               <w:t>Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43934490" w14:textId="06830A30" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="05D07B9B" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003C26B6">
               <w:t>Experimental</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00246DC6" w14:paraId="2696DA73" w14:textId="77777777" w:rsidTr="00246DC6">
+      <w:tr w:rsidR="00102511" w14:paraId="3758D3C6" w14:textId="77777777" w:rsidTr="00274B46">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9F8F63" w14:textId="0EC97155" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="0D0AFB03" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00246DC6" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:r w:rsidRPr="00246DC6">
               <w:t>Mean score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="134C9E16" w14:textId="3705A2E0" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="794C6C44" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F274CC" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A630CD">
               <w:t>1.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5972A7" w14:textId="4516EE91" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="03E2662A" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A630CD">
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B906780" w14:textId="15DCCF22" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="1F761DAB" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F274CC" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A630CD">
               <w:t>2.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDF9D00" w14:textId="76EEAD62" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="115CFCBF" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F274CC">
               <w:t>1.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00246DC6" w14:paraId="21216543" w14:textId="77777777" w:rsidTr="00246DC6">
+      <w:tr w:rsidR="00102511" w14:paraId="056924D8" w14:textId="77777777" w:rsidTr="00274B46">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7CCDF1" w14:textId="0175FA5C" w:rsidR="00246DC6" w:rsidRPr="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="65C12918" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00246DC6" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:r w:rsidRPr="00246DC6">
               <w:t>Standard Deviation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F57ABC" w14:textId="6E462CC9" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="3E527993" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F274CC" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003265CE">
               <w:t>0.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F722C27" w14:textId="1BCAF96F" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="7D0EDFE7" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003265CE">
               <w:t>0.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A14B44E" w14:textId="530318D4" w:rsidR="00246DC6" w:rsidRPr="00F274CC" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="3EB0A983" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F274CC" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003265CE">
               <w:t>1.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2755C989" w14:textId="5C5FA80F" w:rsidR="00246DC6" w:rsidRDefault="00246DC6" w:rsidP="00246DC6">
+          <w:p w14:paraId="1A63E587" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00274B46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00246DC6">
               <w:t>0.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34DDC35B" w14:textId="6CE23360" w:rsidR="00F274CC" w:rsidRDefault="00F274CC"/>
-    <w:p w14:paraId="456D0F4E" w14:textId="1C2D3813" w:rsidR="00AC1F47" w:rsidRDefault="007667D5">
+    <w:p w14:paraId="2DB719CF" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="6465DB89" w14:textId="089B7676" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E352E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A3FF98" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="5891487A" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246DC6">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58965D7D" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="1B8D7734" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="007667D5" w:rsidRDefault="00102511" w:rsidP="00102511">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E352E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007667D5">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E352E0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Processes of Learner Autonomy (adapted from Dang &amp; Robertson, 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D22C3DC" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B469D19" wp14:editId="5B26AC0E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DE07A23" wp14:editId="77BA393F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>788670</wp:posOffset>
+                  <wp:posOffset>585470</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>775823</wp:posOffset>
+                  <wp:posOffset>288502</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4617085" cy="2082165"/>
                 <wp:effectExtent l="0" t="95250" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2083317981" name="Group 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4617085" cy="2082165"/>
                           <a:chOff x="4301" y="1622"/>
                           <a:chExt cx="5355" cy="2415"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
                         <wpg:cNvPr id="916658209" name="Group 3"/>
                         <wpg:cNvGrpSpPr>
@@ -1330,51 +1006,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF">
                                   <a:alpha val="0"/>
                                 </a:srgbClr>
                               </a:solidFill>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                   <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                     <a:solidFill>
                                       <a:srgbClr val="000000"/>
                                     </a:solidFill>
                                     <a:miter lim="800000"/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="68D9AAFA" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                                <w:p w14:paraId="1352C9E3" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:b/>
                                       <w:i/>
                                       <w:sz w:val="32"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F2579D">
                                     <w:rPr>
                                       <w:b/>
                                       <w:i/>
                                     </w:rPr>
                                     <w:t>Initiating</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                           <wpg:grpSp>
                             <wpg:cNvPr id="1705411149" name="Group 6"/>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
@@ -1469,70 +1145,70 @@
                                 <wps:cNvSpPr>
                                   <a:spLocks noChangeArrowheads="1"/>
                                 </wps:cNvSpPr>
                                 <wps:spPr bwMode="auto">
                                   <a:xfrm>
                                     <a:off x="4544" y="10728"/>
                                     <a:ext cx="1600" cy="1600"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="ellipse">
                                     <a:avLst/>
                                   </a:prstGeom>
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                   <a:ln w="9525">
                                     <a:solidFill>
                                       <a:srgbClr val="000000"/>
                                     </a:solidFill>
                                     <a:round/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a:ln>
                                 </wps:spPr>
                                 <wps:txbx>
                                   <w:txbxContent>
-                                    <w:p w14:paraId="01811762" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                                    <w:p w14:paraId="6A17CE2C" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                       <w:pPr>
                                         <w:jc w:val="center"/>
                                       </w:pPr>
                                     </w:p>
-                                    <w:p w14:paraId="506AC6EB" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                                    <w:p w14:paraId="2E4D5D7B" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                       <w:pPr>
                                         <w:jc w:val="center"/>
                                         <w:rPr>
                                           <w:b/>
                                         </w:rPr>
                                       </w:pPr>
                                       <w:r w:rsidRPr="00F2579D">
                                         <w:rPr>
                                           <w:b/>
                                         </w:rPr>
                                         <w:t>Cognition</w:t>
                                       </w:r>
                                     </w:p>
-                                    <w:p w14:paraId="2B5E07AE" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                                    <w:p w14:paraId="6907F5F2" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                       <w:pPr>
                                         <w:jc w:val="center"/>
                                         <w:rPr>
                                           <w:b/>
                                           <w:sz w:val="28"/>
                                         </w:rPr>
                                       </w:pPr>
                                       <w:r w:rsidRPr="00F2579D">
                                         <w:rPr>
                                           <w:b/>
                                         </w:rPr>
                                         <w:t>Behavior</w:t>
                                       </w:r>
                                     </w:p>
                                   </w:txbxContent>
                                 </wps:txbx>
                                 <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                                   <a:noAutofit/>
                                 </wps:bodyPr>
                               </wps:wsp>
                               <wps:wsp>
                                 <wps:cNvPr id="836696761" name="AutoShape 11"/>
                                 <wps:cNvCnPr>
                                   <a:cxnSpLocks noChangeShapeType="1"/>
                                 </wps:cNvCnPr>
@@ -1867,51 +1543,51 @@
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF">
                                     <a:alpha val="0"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                     <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                       <a:solidFill>
                                         <a:srgbClr val="000000"/>
                                       </a:solidFill>
                                       <a:miter lim="800000"/>
                                       <a:headEnd/>
                                       <a:tailEnd/>
                                     </a14:hiddenLine>
                                   </a:ext>
                                 </a:extLst>
                               </wps:spPr>
                               <wps:txbx>
                                 <w:txbxContent>
-                                  <w:p w14:paraId="51596923" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                                  <w:p w14:paraId="717342F1" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                     <w:pPr>
                                       <w:rPr>
                                         <w:b/>
                                         <w:i/>
                                         <w:sz w:val="32"/>
                                       </w:rPr>
                                     </w:pPr>
                                     <w:r w:rsidRPr="00F2579D">
                                       <w:rPr>
                                         <w:b/>
                                         <w:i/>
                                       </w:rPr>
                                       <w:t>Monitoring</w:t>
                                     </w:r>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                             <wps:wsp>
                               <wps:cNvPr id="2032809087" name="Rectangle 16"/>
                               <wps:cNvSpPr>
                                 <a:spLocks noChangeArrowheads="1"/>
@@ -1925,51 +1601,51 @@
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF">
                                     <a:alpha val="0"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                     <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                       <a:solidFill>
                                         <a:srgbClr val="000000"/>
                                       </a:solidFill>
                                       <a:miter lim="800000"/>
                                       <a:headEnd/>
                                       <a:tailEnd/>
                                     </a14:hiddenLine>
                                   </a:ext>
                                 </a:extLst>
                               </wps:spPr>
                               <wps:txbx>
                                 <w:txbxContent>
-                                  <w:p w14:paraId="6E235621" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                                  <w:p w14:paraId="6DDC0551" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                     <w:pPr>
                                       <w:rPr>
                                         <w:b/>
                                         <w:i/>
                                         <w:sz w:val="32"/>
                                       </w:rPr>
                                     </w:pPr>
                                     <w:r w:rsidRPr="00F2579D">
                                       <w:rPr>
                                         <w:b/>
                                         <w:i/>
                                       </w:rPr>
                                       <w:t>Evaluating</w:t>
                                     </w:r>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                             <wps:wsp>
                               <wps:cNvPr id="477409321" name="AutoShape 17"/>
                               <wps:cNvSpPr>
                                 <a:spLocks noChangeArrowheads="1"/>
@@ -2015,51 +1691,51 @@
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                             <a:extLst>
                               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:miter lim="800000"/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a14:hiddenLine>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="5CAC17D6" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                              <w:p w14:paraId="2CC4F8AD" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00F2579D">
                                   <w:rPr>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:t>LEARNER AUTONOMY</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                       <wpg:grpSp>
                         <wpg:cNvPr id="1161283000" name="Group 19"/>
                         <wpg:cNvGrpSpPr>
@@ -2117,607 +1793,598 @@
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                             <a:extLst>
                               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:miter lim="800000"/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a14:hiddenLine>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="511B63A7" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="009C02A3" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                              <w:p w14:paraId="1B84CF41" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="009C02A3" w:rsidRDefault="00102511" w:rsidP="00102511">
                                 <w:pPr>
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">: </w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00F2579D">
                                   <w:rPr>
                                     <w:sz w:val="22"/>
                                   </w:rPr>
                                   <w:t>Controlling direction</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2B469D19" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:62.1pt;margin-top:61.1pt;width:363.55pt;height:163.95pt;z-index:251658240" coordorigin="4301,1622" coordsize="5355,2415" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfT199KgoAAEA8AAAOAAAAZHJzL2Uyb0RvYy54bWzsW1lv3DgSfl9g/4Ogx10kFqm7kc5gNodn&#10;gdnNYMaz77JafWzUUq8ku+359fuRRVJHS47PTiZ2AhhUkyqSxar6qoqlNz9cbXPrMqvqTVnMbfba&#10;sa2sSMvFpljN7d/PPr6KbKtukmKR5GWRze3rrLZ/ePvXv7zZ72YZL9dlvsgqC0SKerbfze110+xm&#10;Jyd1us62Sf263GUFOpdltU0aPFark0WV7EF9m59wxwlO9mW12FVlmtU1fn1PnfZbSX+5zNLm03JZ&#10;Z42Vz22srZF/K/n3XPw9efsmma2qZLfepGoZyT1WsU02BSY1pN4nTWJdVJsDUttNWpV1uWxep+X2&#10;pFwuN2km94DdMGewm9OqvNjJvaxm+9XOsAmsHfDp3mTTf1+eVrvfdr9UtHo0fy7TzzX4crLfrWbd&#10;fvG8osHW+f5f5QLnmVw0pdz41bLaChLYknUl+Xtt+JtdNVaKH72AhU7k21aKPu5EnAU+nUC6xjGJ&#10;9zzXYbaFbhZwrvs+qPd919cve0y+eZLMaGK5WLU4cfhqpdTEJn6prM1ibscsCPyIO7FtFckW65cs&#10;tlwx03C74jAfix0j29JM4VEEwZQcUZtKZoYdrhu6kh2xF7EhOw7fvCs7OGNR6PrcxQq6/PCemh8j&#10;+xrhB1RC71mJh+vFxA/mONx0avnoMES9OskQWJu6Vaj6YQr12zrZZVJPa6EwStYYD7zQC2NmmPsr&#10;zFFSrPLMksK738nhWvlq0jyrKN+tMSr7sarK/TpLFlid3CpkvPOCeKiht19URbDsgGea2ZGnZM8N&#10;pC00/Epmu6puTrNya4nG3K6wdqnoyeXPdSPMQztE6H1d5pvFx02ey4dqdf4ur6zLBGb3o/xH7+a7&#10;dUK/6ulqGirp9WjkhaBUlIImTSd+kTwQ2xb6Ws+aq/Mrqbr17LxcXIMbVUk2HpiExrqs/rCtPez7&#10;3K7/d5FUmW3l/yzAUey70Y1KN851IylSvDq3G9ui5ruGQONiV21Wa1BmckNF+SMM4HIjGSIWRKtQ&#10;64SI3WCLYAt9jzHmDYxR8OTK11UiZWS1QPRUSMFja41GXkzXo9qnj3fcOh9D++IojFzueXBAyLSJ&#10;k5KaaoXE4Y4yQX4fU/tICkMxveNIQVGw6DmRR/Dm+OiB6CYzw3qti7AaomdaFxflvpDWgZRKKKQg&#10;tFqonSaL/wJEl9scrgxU0MJUerLuGN4dg6MNNaRKFZcL0EZAKvWXNJzWPFBiaw/U9bkvl9rrU5qv&#10;zIFYohaa3rDtpoGHmG+2czsyg5KZMIwfioXkYJNscmqDZyNWYtQ0ZMl/YCLGjUPMcHDaQHh+yPFA&#10;RkL1kKFQPY9qLI6gGpHDOQw/jn+oGNFxFIN5geeF3O1qhu97WJBw/F4040Uz7gCjQejA0HtDlz4m&#10;Ue5HMI/r0hu3ymcSUVpTzhCakk8vW9JIGRT1fE9jQMilxgmHX6MoC8yrotXFgWGMcwRTwYAKHpjr&#10;YsVkLD4JQIFLi4X13NFHRlABOBozR/ilMfMGbrXuqfJgszzf7Grhpyez+zqxdBw9fMqLB0McwnyF&#10;ZHdBNeH7yqBWBget8/ktusBHENXIDYI4CAN4PkNYY4ZDiM7eFZTrSK8KleswEZf0Ds+ud8gL9AIu&#10;ekVw+HYBlxFY5msFPxTYvm4fSGvdVImINN6VRYHQq6wo4JgQXBMmCf/nwfIovL73Sb0m16y+rt+X&#10;jVD4ZHY/SSVrLnRH8FBGRa0tIzvy5NG4Fwa+E8pQWIlHlVpMRj/jdkwvFyJDEfrtz78NuDlZyg4y&#10;ODrbw1yavePmpxcUcnctlHDrh/79KcCFvPu/v7Ic8Z9Oxzj3p8b9xwAWRmE8Nsj4/xiEVJwzRunM&#10;TPW3E7ALcGbtafBgyjMzJQY61triAXdlKNsJTM7MlIJaHLNoihoyFrRDDJSUpigCmMzAybUha2gG&#10;ETs668MBGBYna0puAJGvCsV2tJAEQM6VIrldWYtEpWAMvFVsmzABo8SxTQwm1/ZM5hkx382DyTs4&#10;09GYHEwvqRWJXMwwoV3ZFhLa53Qqu6QRGxELEk1hEOQB29YaLXkw1hJ5lbldICuPlP1VU13USOF/&#10;+qy3uS0vs7NSUmjEfuXZyy2/0ltuh6QX55v0H9kfvRciR2Q2wCPPYdIbw2IkKbUU6euHTMnIQZeQ&#10;Ws3bHvmxyVqS3AkR8uNM2tkcGGGxDu76UW8hQgJD6gJPDL87s4HtgoE3MhKWuvwMyIBAvPBxgo8C&#10;lrrCQcojVVGdse5P87LOSKWI8+oIpDgLLejYyAPUYzGCx3tnGg7AzWqkL0A6Ah3KV8geZrjnQkNK&#10;mEo8qHF1kyV5s0ZK4WAoFn7bvMR0yvL7zkrgbgd44IropwPQ6mZmLFUnhKQH3TcDtLWE+/+TTtyq&#10;2MKNIC+UdUBShA7VuGotVHNPW259zdUVQ+2TdXCkRWKQvz1UT6HwqcHN20L1JBQewLQXhTfCNGeu&#10;P0mtB9OCkoDpMYp3hmliRYcaVOh5wbRk411hmqRZxxZfQGgWc0Jo5T8OMRjh1EQP4S2Z6T4e95+G&#10;FDlHjNZHZx8eAKEzrsr6XRA86tISJe1/62rg8QZ0Jv7dDZ2fFfvGQbl7tN8wKN8Atsmsj8tT+P0C&#10;yp3KmfE77Ch0vCAOhR52QFmVBzwGKMvr2pD7gRtE3esAj4fkmTOgsDILBphxaaqyq6Grg5GnBmY/&#10;fqQYOgqmYt4hNLt+rO2v8Sf6EXTAuD9FrQvNkhKgeZTiPaBZMKND7blBM7HxrtDMIgK628bP3DE3&#10;YgNclFcECGjjECNkIHKAswxHJLoGiCnipxY/2xBZU+RBFPeiZxYHPuQSk7koqZFesH6LCemjLi2o&#10;g9nwOI3Piol3w+fnx8MpkG7P9xsG6SnkHSL0DWAOGXqJnHV56zhIIykbMQ69VRjdlplRkWQvSH66&#10;ezoUM6k6M9zvDyA7RnmZrHH8E9eZybs2c2EwWlMynbvB9o9VbnaEuzbuuDxyYieCj0Z+YUfmZHx3&#10;JJlr60EZ1wWy2k38bmTO5MCetcx5YYgiD5fDG1GhiKnnQxIfrs6RRA6F2NrMhTRxe7vHTQlf8DVK&#10;+CIXJSnk9L2U8H2tEr7uzXa3LcTzyW+5WRDHLgzfmF1+8uI+cUuma3YcUXcrbvhYEA3z6oGDsEF+&#10;8MC+oCUPLjonZRjU64h1mqujcf/S1NaYVMe3anv7Ijbx2QtOAfiIuxWTx6HvXuhe9ik/fAl1LQwP&#10;h6UQ+PgE1xpSDlBehpNCcKo/Awpjh27Bcftg+j6oz4C4KwroOi/iDL9enbnPcInMECcf4hLKho+H&#10;Sx2WIV0n2ak9IReFGJJfLJC6aPiF+HzwlYcoOXrs0nKfRb6e91ng0nQY8H1f4TI/9CPfj1BKcRAW&#10;wG87ni5E+PSKbo6M+dC6wGLxBcaY8ThUhod+8oQNQ9UegD7mM7E/A/pIJMJnqnLT6pNa8R1s9xnt&#10;7oe/b/8PAAD//wMAUEsDBBQABgAIAAAAIQDjYM7/4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9Ba8JAEIXvhf6HZQq91U2iKRKzEZG2JylUC8Xbmh2TYHY2ZNck/vuOp/b2HvPx5r18PdlWDNj7&#10;xpGCeBaBQCqdaahS8H14f1mC8EGT0a0jVHBDD+vi8SHXmXEjfeGwD5XgEPKZVlCH0GVS+rJGq/3M&#10;dUh8O7ve6sC2r6Tp9cjhtpVJFL1KqxviD7XucFtjedlfrYKPUY+befw27C7n7e14SD9/djEq9fw0&#10;bVYgAk7hD4Z7fa4OBXc6uSsZL1r2ySJh9C4SFkws03gO4qRgkUYxyCKX/zcUvwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAfT199KgoAAEA8AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDjYM7/4AAAAAsBAAAPAAAAAAAAAAAAAAAAAIQMAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkQ0AAAAA&#10;">
+              <v:group w14:anchorId="0DE07A23" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.1pt;margin-top:22.7pt;width:363.55pt;height:163.95pt;z-index:251659264" coordorigin="4301,1622" coordsize="5355,2415" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfT199KgoAAEA8AAAOAAAAZHJzL2Uyb0RvYy54bWzsW1lv3DgSfl9g/4Ogx10kFqm7kc5gNodn&#10;gdnNYMaz77JafWzUUq8ku+359fuRRVJHS47PTiZ2AhhUkyqSxar6qoqlNz9cbXPrMqvqTVnMbfba&#10;sa2sSMvFpljN7d/PPr6KbKtukmKR5GWRze3rrLZ/ePvXv7zZ72YZL9dlvsgqC0SKerbfze110+xm&#10;Jyd1us62Sf263GUFOpdltU0aPFark0WV7EF9m59wxwlO9mW12FVlmtU1fn1PnfZbSX+5zNLm03JZ&#10;Z42Vz22srZF/K/n3XPw9efsmma2qZLfepGoZyT1WsU02BSY1pN4nTWJdVJsDUttNWpV1uWxep+X2&#10;pFwuN2km94DdMGewm9OqvNjJvaxm+9XOsAmsHfDp3mTTf1+eVrvfdr9UtHo0fy7TzzX4crLfrWbd&#10;fvG8osHW+f5f5QLnmVw0pdz41bLaChLYknUl+Xtt+JtdNVaKH72AhU7k21aKPu5EnAU+nUC6xjGJ&#10;9zzXYbaFbhZwrvs+qPd919cve0y+eZLMaGK5WLU4cfhqpdTEJn6prM1ibscsCPyIO7FtFckW65cs&#10;tlwx03C74jAfix0j29JM4VEEwZQcUZtKZoYdrhu6kh2xF7EhOw7fvCs7OGNR6PrcxQq6/PCemh8j&#10;+xrhB1RC71mJh+vFxA/mONx0avnoMES9OskQWJu6Vaj6YQr12zrZZVJPa6EwStYYD7zQC2NmmPsr&#10;zFFSrPLMksK738nhWvlq0jyrKN+tMSr7sarK/TpLFlid3CpkvPOCeKiht19URbDsgGea2ZGnZM8N&#10;pC00/Epmu6puTrNya4nG3K6wdqnoyeXPdSPMQztE6H1d5pvFx02ey4dqdf4ur6zLBGb3o/xH7+a7&#10;dUK/6ulqGirp9WjkhaBUlIImTSd+kTwQ2xb6Ws+aq/Mrqbr17LxcXIMbVUk2HpiExrqs/rCtPez7&#10;3K7/d5FUmW3l/yzAUey70Y1KN851IylSvDq3G9ui5ruGQONiV21Wa1BmckNF+SMM4HIjGSIWRKtQ&#10;64SI3WCLYAt9jzHmDYxR8OTK11UiZWS1QPRUSMFja41GXkzXo9qnj3fcOh9D++IojFzueXBAyLSJ&#10;k5KaaoXE4Y4yQX4fU/tICkMxveNIQVGw6DmRR/Dm+OiB6CYzw3qti7AaomdaFxflvpDWgZRKKKQg&#10;tFqonSaL/wJEl9scrgxU0MJUerLuGN4dg6MNNaRKFZcL0EZAKvWXNJzWPFBiaw/U9bkvl9rrU5qv&#10;zIFYohaa3rDtpoGHmG+2czsyg5KZMIwfioXkYJNscmqDZyNWYtQ0ZMl/YCLGjUPMcHDaQHh+yPFA&#10;RkL1kKFQPY9qLI6gGpHDOQw/jn+oGNFxFIN5geeF3O1qhu97WJBw/F4040Uz7gCjQejA0HtDlz4m&#10;Ue5HMI/r0hu3ymcSUVpTzhCakk8vW9JIGRT1fE9jQMilxgmHX6MoC8yrotXFgWGMcwRTwYAKHpjr&#10;YsVkLD4JQIFLi4X13NFHRlABOBozR/ilMfMGbrXuqfJgszzf7Grhpyez+zqxdBw9fMqLB0McwnyF&#10;ZHdBNeH7yqBWBget8/ktusBHENXIDYI4CAN4PkNYY4ZDiM7eFZTrSK8KleswEZf0Ds+ud8gL9AIu&#10;ekVw+HYBlxFY5msFPxTYvm4fSGvdVImINN6VRYHQq6wo4JgQXBMmCf/nwfIovL73Sb0m16y+rt+X&#10;jVD4ZHY/SSVrLnRH8FBGRa0tIzvy5NG4Fwa+E8pQWIlHlVpMRj/jdkwvFyJDEfrtz78NuDlZyg4y&#10;ODrbw1yavePmpxcUcnctlHDrh/79KcCFvPu/v7Ic8Z9Oxzj3p8b9xwAWRmE8Nsj4/xiEVJwzRunM&#10;TPW3E7ALcGbtafBgyjMzJQY61triAXdlKNsJTM7MlIJaHLNoihoyFrRDDJSUpigCmMzAybUha2gG&#10;ETs668MBGBYna0puAJGvCsV2tJAEQM6VIrldWYtEpWAMvFVsmzABo8SxTQwm1/ZM5hkx382DyTs4&#10;09GYHEwvqRWJXMwwoV3ZFhLa53Qqu6QRGxELEk1hEOQB29YaLXkw1hJ5lbldICuPlP1VU13USOF/&#10;+qy3uS0vs7NSUmjEfuXZyy2/0ltuh6QX55v0H9kfvRciR2Q2wCPPYdIbw2IkKbUU6euHTMnIQZeQ&#10;Ws3bHvmxyVqS3AkR8uNM2tkcGGGxDu76UW8hQgJD6gJPDL87s4HtgoE3MhKWuvwMyIBAvPBxgo8C&#10;lrrCQcojVVGdse5P87LOSKWI8+oIpDgLLejYyAPUYzGCx3tnGg7AzWqkL0A6Ah3KV8geZrjnQkNK&#10;mEo8qHF1kyV5s0ZK4WAoFn7bvMR0yvL7zkrgbgd44IropwPQ6mZmLFUnhKQH3TcDtLWE+/+TTtyq&#10;2MKNIC+UdUBShA7VuGotVHNPW259zdUVQ+2TdXCkRWKQvz1UT6HwqcHN20L1JBQewLQXhTfCNGeu&#10;P0mtB9OCkoDpMYp3hmliRYcaVOh5wbRk411hmqRZxxZfQGgWc0Jo5T8OMRjh1EQP4S2Z6T4e95+G&#10;FDlHjNZHZx8eAKEzrsr6XRA86tISJe1/62rg8QZ0Jv7dDZ2fFfvGQbl7tN8wKN8Atsmsj8tT+P0C&#10;yp3KmfE77Ch0vCAOhR52QFmVBzwGKMvr2pD7gRtE3esAj4fkmTOgsDILBphxaaqyq6Grg5GnBmY/&#10;fqQYOgqmYt4hNLt+rO2v8Sf6EXTAuD9FrQvNkhKgeZTiPaBZMKND7blBM7HxrtDMIgK628bP3DE3&#10;YgNclFcECGjjECNkIHKAswxHJLoGiCnipxY/2xBZU+RBFPeiZxYHPuQSk7koqZFesH6LCemjLi2o&#10;g9nwOI3Piol3w+fnx8MpkG7P9xsG6SnkHSL0DWAOGXqJnHV56zhIIykbMQ69VRjdlplRkWQvSH66&#10;ezoUM6k6M9zvDyA7RnmZrHH8E9eZybs2c2EwWlMynbvB9o9VbnaEuzbuuDxyYieCj0Z+YUfmZHx3&#10;JJlr60EZ1wWy2k38bmTO5MCetcx5YYgiD5fDG1GhiKnnQxIfrs6RRA6F2NrMhTRxe7vHTQlf8DVK&#10;+CIXJSnk9L2U8H2tEr7uzXa3LcTzyW+5WRDHLgzfmF1+8uI+cUuma3YcUXcrbvhYEA3z6oGDsEF+&#10;8MC+oCUPLjonZRjU64h1mqujcf/S1NaYVMe3anv7Ijbx2QtOAfiIuxWTx6HvXuhe9ik/fAl1LQwP&#10;h6UQ+PgE1xpSDlBehpNCcKo/Awpjh27Bcftg+j6oz4C4KwroOi/iDL9enbnPcInMECcf4hLKho+H&#10;Sx2WIV0n2ak9IReFGJJfLJC6aPiF+HzwlYcoOXrs0nKfRb6e91ng0nQY8H1f4TI/9CPfj1BKcRAW&#10;wG87ni5E+PSKbo6M+dC6wGLxBcaY8ThUhod+8oQNQ9UegD7mM7E/A/pIJMJnqnLT6pNa8R1s9xnt&#10;7oe/b/8PAAD//wMAUEsDBBQABgAIAAAAIQDdAcvs4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8NAFITvgv9heYI3u0m21TbmpZSinopgK4i31+Q1Cc3uhuw2Sf+960mPwwwz32TrSbdi4N41&#10;1iDEswgEm8KWjakQPg+vD0sQzpMpqbWGEa7sYJ3f3mSUlnY0HzzsfSVCiXEpIdTed6mUrqhZk5vZ&#10;jk3wTrbX5IPsK1n2NIZy3cokih6lpsaEhZo63tZcnPcXjfA20rhR8cuwO5+21+/D4v1rFzPi/d20&#10;eQbhefJ/YfjFD+iQB6ajvZjSiRZhlSQhiTBfzEEEfxmvFIgjgnpSCmSeyf8P8h8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAH09ffSoKAABAPAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA3QHL7OEAAAAJAQAADwAAAAAAAAAAAAAAAACEDAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJINAAAAAA==&#10;">
                 <v:group id="Group 3" o:spid="_x0000_s1027" style="position:absolute;left:4301;top:1622;width:2880;height:2415" coordorigin="3373,9481" coordsize="2880,2415" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCDEooHygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qne6iaKQaOriLTiQYRqofT2yD6TYPZtyG6T+O9dQfA4zMw3zHLdm0q01LjSsoJ4FIEg&#10;zqwuOVfwc/76mIFwHlljZZkU3MjBevX+tsRU246/qT35XAQIuxQVFN7XqZQuK8igG9maOHgX2xj0&#10;QTa51A12AW4qOY6iRBosOSwUWNO2oOx6+jcKdh12m0n82R6ul+3t7zw9/h5iUmo46DcLEJ56/wo/&#10;23utYB4nyXQ2jubwuBTugFzdAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIMSigfKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
                   <v:group id="Group 4" o:spid="_x0000_s1028" style="position:absolute;left:3373;top:9481;width:2880;height:2201" coordorigin="3493,10021" coordsize="2880,2201" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHxKU1ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/LasJA&#10;FIb3hb7DcITu6mQSrBIdRaQtXUjBC5TuDpljEsycCZlpEt++sxBc/vw3vtVmtI3oqfO1Yw1qmoAg&#10;LpypudRwPn28LkD4gGywcUwabuRhs35+WmFu3MAH6o+hFHGEfY4aqhDaXEpfVGTRT11LHL2L6yyG&#10;KLtSmg6HOG4bmSbJm7RYc3yosKVdRcX1+Gc1fA44bDP13u+vl93t9zT7/tkr0vplMm6XIAKN4RG+&#10;t7+MhlSpxTybpVmkiEyRB+T6HwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIfEpTXKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
                     <v:rect id="Rectangle 5" o:spid="_x0000_s1029" style="position:absolute;left:4933;top:10021;width:840;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCulopQygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGb3bSErsZuixQKFYtg1PuQHZNgdjbsrk36752D4HFm3rz3vs1u9oM6U0x9YAvLRQGK&#10;uAmu59bCx/vh7h5UysgOh8Bk4UIJdtvrqw1WLkz8Ruc6t0pMOFVooct5rLROTUce0yKMxHL7CtFj&#10;ljG22kWcxNwPelUUa+2xZ0nocKR9R813/eMtmKaOn9PpUJr6+HrKA5vn/eXF2tub+ekRVKY5/4v/&#10;vo9O6q/WpSnNw1IohEkWoLe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK6WilDKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" stroked="f">
                       <v:fill opacity="0"/>
                       <v:textbox inset="0,0,0,0">
                         <w:txbxContent>
-                          <w:p w14:paraId="68D9AAFA" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                          <w:p w14:paraId="1352C9E3" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F2579D">
                               <w:rPr>
                                 <w:b/>
                                 <w:i/>
                               </w:rPr>
                               <w:t>Initiating</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:rect>
                     <v:group id="Group 6" o:spid="_x0000_s1030" style="position:absolute;left:3493;top:10022;width:2880;height:2200" coordorigin="3493,10022" coordsize="2880,2200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUliwsyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEE/amaTadWo0isg0fZDAVxLejOdticylN1tZvvwwGe7zf/1uue1uJlhpfOtagRgkI4syZ&#10;knMNp+P7cAbCB2SDlWPScCcP69XjwxJT4zr+ovYQchFD2KeooQihTqX0WUEW/cjVxJG7usZiiGeT&#10;S9NgF8NtJZ+T5FVaLDk2FFjTtqDsdvi2Gj467DYv6q3d367b++U4+TzvFWn9NOg3CxCB+vAv/nPv&#10;TJw/TSZjpdR4Dr8/RQDk6gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUliwsyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                       <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                         <v:stroke joinstyle="miter"/>
                         <v:formulas>
                           <v:f eqn="val #0"/>
                           <v:f eqn="val #1"/>
                           <v:f eqn="sum height 0 #1"/>
                           <v:f eqn="sum 10800 0 #1"/>
                           <v:f eqn="sum width 0 #0"/>
                           <v:f eqn="prod @4 @3 10800"/>
                           <v:f eqn="sum width 0 @5"/>
                         </v:formulas>
                         <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                         <v:handles>
                           <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                         </v:handles>
                       </v:shapetype>
                       <v:shape id="AutoShape 7" o:spid="_x0000_s1031" type="#_x0000_t67" style="position:absolute;left:4084;top:10500;width:240;height:474;rotation:8000198fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBudFhAyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyEjcWLoxja4sm9AkJI4wkLhajddWNE5JTFv49fiAxNF+z+993h3m0JuRUu4iO1guCjDE&#10;dfQdNw7eXh9vSjBZkD32kcnBN2U47C8vdlj5OPELjSdpjIZwrtBBKzJU1ua6pYB5EQdi1c4xBRQd&#10;U2N9wknDQ29XRbGxATvWhhYHOrZUf5y+goOf8Nm/LzdnnEaZnreSjs2cO+eur+aHezBCs/yb/66f&#10;vOJvy7vydrVeK7T+pAuw+18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbnRYQMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                         <v:textbox style="layout-flow:vertical-ideographic"/>
                       </v:shape>
                       <v:shape id="AutoShape 8" o:spid="_x0000_s1032" type="#_x0000_t67" style="position:absolute;left:5542;top:10500;width:240;height:474;rotation:-7597017fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDr7G5eyQAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJuiVRTgnGjhBAItJBL81PobbE2lqm1ci3Vdvr0VSGQ4zAz3zDL9ega0VMXas8anuYK&#10;BHHpTc2VhtNxN8tBhIhssPFMGq4UYL16mCyxMH7gd+oPsRIJwqFADTbGtpAylJYchrlviZN38Z3D&#10;mGRXSdPhkOCukZlSC+mw5rRgsaWtpfLr8OM0DGr3MfTfn+7tsmhMsGPY/573Wk8fx80LiEhjvIdv&#10;7VejIVdZlj+rDP4fpTcgV38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6+xuXskAAADh&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                         <v:textbox style="layout-flow:vertical-ideographic"/>
                       </v:shape>
                       <v:group id="Group 9" o:spid="_x0000_s1033" style="position:absolute;left:4333;top:10517;width:1200;height:1200" coordorigin="4544,10728" coordsize="1600,1600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBmsW9AywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gre6m60VZu6ioiWHqRQLZTeHtlnEsy+Ddk1if++WxA8DjPzDbNY9bYSLTW+dKwhGSkQ&#10;xJkzJecavo+7pzkIH5ANVo5Jw5U8rJaDhwWmxnX8Re0h5CJC2KeooQihTqX0WUEW/cjVxNE7ucZi&#10;iLLJpWmwi3BbybFSU2mx5LhQYE2bgrLz4WI1vHfYrSfJtt2fT5vr7/Hl82efkNbDx379BiJQH+7h&#10;W/vDaJjO1Gw+eVav8H8p3gG5/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBmsW9AywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
                         <v:oval id="Oval 10" o:spid="_x0000_s1034" style="position:absolute;left:4544;top:10728;width:1600;height:1600;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBOdUQBxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH838Ts0R8KbdLAFdFKIGgi+Eabx+VzPdmG9LmuB8e2piYmP9/t/y/XgWnGmPjSeFUwnGQji2uuG&#10;jYLPj+3DI4gQkTW2nknBlQKsV/d3Syy1v/CBzlU0IoVwKFGBjbErpQy1JYdh4jvixP343mFMZ2+k&#10;7vGSwl0rZ1k2lw4bTg0WO3qzVB+rk1NwbL93cYvzarYr9q/GGrfh65dS49Hw8gwi0hD/xX/ud53m&#10;P+WLIi+yvIDfnxIAcnUDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATnVEAcYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                           <v:textbox inset="0,0,0,0">
                             <w:txbxContent>
-                              <w:p w14:paraId="01811762" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                              <w:p w14:paraId="6A17CE2C" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
                               </w:p>
-                              <w:p w14:paraId="506AC6EB" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                              <w:p w14:paraId="2E4D5D7B" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:b/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00F2579D">
                                   <w:rPr>
                                     <w:b/>
                                   </w:rPr>
                                   <w:t>Cognition</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="2B5E07AE" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                              <w:p w14:paraId="6907F5F2" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:b/>
                                     <w:sz w:val="28"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00F2579D">
                                   <w:rPr>
                                     <w:b/>
                                   </w:rPr>
                                   <w:t>Behavior</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </v:textbox>
                         </v:oval>
                         <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                           <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                           <o:lock v:ext="edit" shapetype="t"/>
                         </v:shapetype>
                         <v:shape id="AutoShape 11" o:spid="_x0000_s1035" type="#_x0000_t32" style="position:absolute;left:4544;top:11528;width:1600;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2vKaFyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTedKPSbUxdRZRSwUurPXh8ZF+TaPZtyG5N/PddQehxmJlvmMWqt7W4Uusrxxom4wQE&#10;ce5MxYWG7+P7KAXhA7LB2jFpuJGH1XLwtMDMuI6/6HoIhYgQ9hlqKENoMil9XpJFP3YNcfR+XGsx&#10;RNkW0rTYRbit5TRJlLRYcVwosaFNSfnl8Gs1qDq57Y77j46n6cl9nrfhxVqj9fOwX7+BCNSH//Cj&#10;vTMa0plSc/WqJnC/FO+AXP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANrymhckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                           <v:stroke dashstyle="1 1"/>
                         </v:shape>
                       </v:group>
                       <v:shape id="Arc 12" o:spid="_x0000_s1036" style="position:absolute;left:4933;top:10210;width:1080;height:1312;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="21600,26236" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBawVqwzQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcoTe6UatsaauUgq2Fn+KVujtafaYBLNn0+xW0z59VxB6OczMN8xk1phSnKh2hWUFvW4E&#10;gji1uuBMwf593rkH4TyyxtIyKfghB7Np62aCibZn3tJp5zMRIOwSVJB7XyVSujQng65rK+LgHWxt&#10;0AdZZ1LXeA5wU8p+FMXSYMFhIceKnnJKj7tvo+D4ttw7/PidfzXx67q/eqHP4fNGqdt28/gAwlPj&#10;/8PX9kIruBvFw2g0HgzgcincATn9AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrBWrDN&#10;AAAA4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;" path="m12120,-1nfc18049,4019,21600,10716,21600,17879v,2869,-572,5710,-1683,8356em12120,-1nsc18049,4019,21600,10716,21600,17879v,2869,-572,5710,-1683,8356l,17879,12120,-1xe" filled="f" strokeweight="1.5pt">
                         <v:stroke startarrowwidth="wide" startarrowlength="long" endarrow="classic" endarrowwidth="wide" endarrowlength="long"/>
                         <v:path arrowok="t" o:extrusionok="f" o:connecttype="custom" o:connectlocs="606,0;996,1312;0,894" o:connectangles="0,0,0"/>
                       </v:shape>
                       <v:shape id="Arc 13" o:spid="_x0000_s1037" style="position:absolute;left:3850;top:10022;width:1080;height:1243;flip:x;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="21600,24876" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQgAJmygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#10;EIbvQv/DMoI3u1tLbU27LVoo+HGyFdrehuyYhGZnQ3ZNor/eOQgeX94vntVm8LXqqI1VYAuTsQFF&#10;nAdXcWHh47C7XYCKCdlhHZgsfFOEzXp0tcLMhZ7fqdunQskIxwwtlCk1mdYxL8ljHIeGWLzP0HpM&#10;IttCuxZ7Gfe1vjPmXnusWB5KbGhbUn7Zf3k5mT+9bI+70w+bPpy64+v5rR4aa2+uh8clqERD+g//&#10;tZ+dhels9jBZTI1ACJLggF7/AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANCAAmbKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" path="m,nfc11929,,21600,9670,21600,21600v,1096,-84,2191,-250,3276em,nsc11929,,21600,9670,21600,21600v,1096,-84,2191,-250,3276l,21600,,xe" filled="f" strokeweight="1.5pt">
                         <v:stroke startarrow="classic" startarrowwidth="wide" startarrowlength="long" endarrowwidth="wide" endarrowlength="long"/>
                         <v:path arrowok="t" o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;1068,1243;0,1079" o:connectangles="0,0,0"/>
                       </v:shape>
                       <v:shape id="Arc 14" o:spid="_x0000_s1038" style="position:absolute;left:4277;top:10801;width:1111;height:1731;rotation:7925889fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="21600,35970" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCJjlFJygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasJA&#10;FIX3hb7DcAvu6qTVRo2OItVSoQsxiutL5pqEZu6EzBinffrOQujycP74FqtgGtFT52rLCl6GCQji&#10;wuqaSwWn48fzFITzyBoby6Tghxyslo8PC8y0vfGB+tyXIo6wy1BB5X2bSemKigy6oW2Jo3exnUEf&#10;ZVdK3eEtjptGviZJKg3WHB8qbOm9ouI7vxoFu/XIfh7P9ivkaRjV/Wazne1/lRo8hfUchKfg/8P3&#10;9k4rmE6ScTqbvEWIiBRxQC7/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAImOUUnKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" path="m186,-1nfc12042,101,21600,9742,21600,21599v,5299,-1949,10414,-5475,14371em186,-1nsc12042,101,21600,9742,21600,21599v,5299,-1949,10414,-5475,14371l,21599,186,-1xe" filled="f" strokeweight="1.5pt">
                         <v:stroke startarrowwidth="wide" startarrowlength="long" endarrow="classic" endarrowwidth="wide" endarrowlength="long"/>
                         <v:path arrowok="t" o:extrusionok="f" o:connecttype="custom" o:connectlocs="10,0;829,1731;0,1039" o:connectangles="0,0,0"/>
                       </v:shape>
                       <v:rect id="Rectangle 15" o:spid="_x0000_s1039" style="position:absolute;left:5413;top:11461;width:960;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8KuykxQAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NS8NA&#10;EL0L/odlCt7spkFMG7stUihULEKjvQ/ZMQnNzobdtUn/vXMQPD7e93o7uV5dKcTOs4HFPANFXHvb&#10;cWPg63P/uAQVE7LF3jMZuFGE7eb+bo2l9SOf6FqlRkkIxxINtCkNpdaxbslhnPuBWLhvHxwmgaHR&#10;NuAo4a7XeZY9a4cdS0OLA+1aqi/VjzNQ1FU4j8f9U1EdPo6p5+Jtd3s35mE2vb6ASjSlf/Gf+2Bl&#10;fp4tF/lKJssjgaA3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB8KuykxQAAAOEAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" stroked="f">
                         <v:fill opacity="0"/>
                         <v:textbox inset="0,0,0,0">
                           <w:txbxContent>
-                            <w:p w14:paraId="51596923" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                            <w:p w14:paraId="717342F1" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                               <w:pPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:i/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00F2579D">
                                 <w:rPr>
                                   <w:b/>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>Monitoring</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                       <v:rect id="Rectangle 16" o:spid="_x0000_s1040" style="position:absolute;left:3493;top:11281;width:960;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+KDdzygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8Mw&#10;FIXfhf2HcAe+ucQqtuuWDRkMJg7B6t4vzV1bbG5KEtfu3xtB8PFwzvkOZ72dbC8u5EPnWMP9QoEg&#10;rp3puNHw+bG/K0CEiGywd0warhRgu5ndrLE0buR3ulSxEQnCoUQNbYxDKWWoW7IYFm4gTt7ZeYsx&#10;Sd9I43FMcNvLTKknabHjtNDiQLuW6q/q22rI68qfxuP+Ma8Ob8fYc/6yu75qfTufnlcgIk3xP/zX&#10;PhgNmXrICrVURQ6/n9IfkJsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP4oN3PKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" stroked="f">
                         <v:fill opacity="0"/>
                         <v:textbox inset="0,0,0,0">
                           <w:txbxContent>
-                            <w:p w14:paraId="6E235621" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                            <w:p w14:paraId="6DDC0551" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                               <w:pPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:i/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00F2579D">
                                 <w:rPr>
                                   <w:b/>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>Evaluating</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                       <v:shape id="AutoShape 17" o:spid="_x0000_s1041" type="#_x0000_t67" style="position:absolute;left:4813;top:11717;width:240;height:464;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWR0R5yAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EBvjew0v26UUAKB3Nr8PMBibW0Ta6VKiqO+fVUo9DjMzDfMeptMLwbyobOsoBwXIIhr&#10;qztuFFzO++cliBCRNfaWScE3BdhuHh/WWGl75yMNp9iIDOFQoYI2RldJGeqWDIaxdcTZ+7TeYMzS&#10;N1J7vGe46eWkKObSYMd5oUVHu5bq6+lmFHwNH+UBy3l6T+nmvN7PZrvolHoapbdXEJFS/A//tQ9a&#10;wXSxmBarl0kJv5fyHZCbHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWR0R5yAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                         <v:textbox style="layout-flow:vertical-ideographic"/>
                       </v:shape>
                     </v:group>
                   </v:group>
                   <v:rect id="Rectangle 18" o:spid="_x0000_s1042" style="position:absolute;left:4048;top:11682;width:1605;height:214;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlj73pxQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9dS8Mw&#10;FH0X/A/hCr65dBtUW5cNcZPt1ar4emmuTTW5KU22Zfv1iyD4eDjfi1VyVhxoDL1nBdNJAYK49brn&#10;TsH728vdA4gQkTVaz6TgRAFWy+urBdbaH/mVDk3sRA7hUKMCE+NQSxlaQw7DxA/Emfvyo8OY4dhJ&#10;PeIxhzsrZ0VRSoc95waDAz0ban+avVOwna43w7c8N7i1kfYfJrX2Myl1e5OeHkFESvFf/Ofe6Ty/&#10;rKp5VRb38HspY5DLCwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlj73pxQAAAOIAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" stroked="f">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
-                        <w:p w14:paraId="5CAC17D6" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="00F2579D" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                        <w:p w14:paraId="2CC4F8AD" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00F2579D" w:rsidRDefault="00102511" w:rsidP="00102511">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00F2579D">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>LEARNER AUTONOMY</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:rect>
                 </v:group>
                 <v:group id="Group 19" o:spid="_x0000_s1043" style="position:absolute;left:7544;top:2710;width:2112;height:234" coordorigin="7904,2134" coordsize="2344,234" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBibq0sywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGb3d0WS4ndllJUPBTBVhBvQ3aahGZnQ3ZN0n/vHASPM/Pmvfett1No1UB9aiI7sDMD&#10;iriMvuHKwefp5WEFKmVkj21kcnClBNvN7c0aCx9H/qDhmCslJpwKdFDn3BVap7KmgGkWO2K5nWMf&#10;MMvYV9r3OIp5aPXcmKUO2LAk1NjRvqbycvwJDl5HHHcL+zwcLuf99fv0+P51sOTc/d20ewKVacr/&#10;4r/vNy/17dLOVwtjhEKYZAF68wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBibq0sywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
                   <v:shapetype id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
                     <v:stroke joinstyle="miter"/>
                     <v:formulas>
                       <v:f eqn="val #0"/>
                       <v:f eqn="val #1"/>
                       <v:f eqn="sum height 0 #1"/>
                       <v:f eqn="sum 10800 0 #1"/>
                       <v:f eqn="sum width 0 #0"/>
                       <v:f eqn="prod @4 @3 10800"/>
                       <v:f eqn="sum width 0 @5"/>
                     </v:formulas>
                     <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,@1,@6,@2"/>
                     <v:handles>
                       <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
                     </v:handles>
                   </v:shapetype>
                   <v:shape id="AutoShape 20" o:spid="_x0000_s1044" type="#_x0000_t13" style="position:absolute;left:7904;top:2150;width:336;height:162;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBuWjBGxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LS8NA&#10;EL4L/Q/LFLzZyQpGm3ZbRBF6sw8PHqfZMQlmZ2N2baK/vlsQPM73nuV6dK06cR8aLwb0LAPFUnrb&#10;SGXg7fBy8wAqRBJLrRc28MMB1qvJ1ZIK6wfZ8WkfK5VCJBRkoI6xKxBDWbOjMPMdS+I+fO8oprOv&#10;0PY0pHDX4m2W5eiokdRQU8dPNZef+29n4Ng+5+/b7muDFoct/2Z4GHevxlxPx8cFqMhj/Bf/uTc2&#10;zb/Tc32v9TyHy08JAFydAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG5aMEbHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;"/>
                   <v:rect id="Rectangle 21" o:spid="_x0000_s1045" style="position:absolute;left:8264;top:2134;width:1984;height:234;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGvwkdxQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSgMx&#10;EL4LfYcwBW82WyW6rE1LqUq9uipeh824WU0myyZto09vBMHjfP+z2mTvxJGmOATWsFxUIIi7YAbu&#10;Nbw8P1zUIGJCNugCk4YvirBZz85W2Jhw4ic6tqkXJYRjgxpsSmMjZewseYyLMBIX7j1MHlM5p16a&#10;CU8l3Dt5WVXX0uPApcHiSDtL3Wd78Br2y7v78UN+t7h3iQ6vNnfuLWt9Ps/bWxCJcvoX/7kfTZmv&#10;blStVH2l4PenAoBc/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGvwkdxQAAAOMAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" stroked="f">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
-                        <w:p w14:paraId="511B63A7" w14:textId="77777777" w:rsidR="007667D5" w:rsidRPr="009C02A3" w:rsidRDefault="007667D5" w:rsidP="007667D5">
+                        <w:p w14:paraId="1B84CF41" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="009C02A3" w:rsidRDefault="00102511" w:rsidP="00102511">
                           <w:pPr>
                             <w:rPr>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">: </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00F2579D">
                             <w:rPr>
                               <w:sz w:val="22"/>
                             </w:rPr>
                             <w:t>Controlling direction</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:rect>
                 </v:group>
                 <w10:wrap type="topAndBottom"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00246DC6" w:rsidRPr="00246DC6">
+    </w:p>
+    <w:p w14:paraId="59C08AB7" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="4A96665F" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
+      <w:r w:rsidRPr="00246DC6">
+        <w:lastRenderedPageBreak/>
         <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language. Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00F556B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1F47">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="75FECD27" w14:textId="2236677F" w:rsidR="00933484" w:rsidRDefault="00933484"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Figure 1: Processes of </w:t>
+    <w:p w14:paraId="06E226D4" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="2CF83E1A" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
+      <w:r w:rsidRPr="00AC1F47">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">earner </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1F47">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>utonomy (adapted from Dang &amp; Robertson, 2010)</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1F47">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1F47">
+        <w:t>Extensive reading (ER) is a valuable instructional method for enhancing foreign or second language</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CFCF2F" w14:textId="37259B19" w:rsidR="00933484" w:rsidRDefault="00933484"/>
-[...42 lines deleted...]
-    <w:p w14:paraId="2409A336" w14:textId="3901F9DF" w:rsidR="003346C0" w:rsidRPr="00FA3DE4" w:rsidRDefault="003346C0" w:rsidP="003346C0">
+    <w:p w14:paraId="4A732FEE" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="4002980D" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="00FA3DE4" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ACKNOWLEDGEMENTS </w:t>
       </w:r>
       <w:r w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[HEADING LEVEL 1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545034E2" w14:textId="77777777" w:rsidR="003346C0" w:rsidRDefault="003346C0"/>
-    <w:p w14:paraId="560A503D" w14:textId="6F261995" w:rsidR="00933484" w:rsidRDefault="003346C0">
+    <w:p w14:paraId="3E8FF55A" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511"/>
+    <w:p w14:paraId="33C4543D" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>This research project is funded by ABC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57C34E60" w14:textId="77777777" w:rsidR="003346C0" w:rsidRDefault="003346C0"/>
     <w:p w14:paraId="5D7604FE" w14:textId="30D9DC64" w:rsidR="00933484" w:rsidRPr="00FA3DE4" w:rsidRDefault="00933484" w:rsidP="005241C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">REFERENCES </w:t>
       </w:r>
       <w:r w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[HEADING LEVEL 1</w:t>
       </w:r>
       <w:r w:rsidR="004C0CC6">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve"> – APA 7th</w:t>
       </w:r>
       <w:r w:rsidRPr="005241C7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420638F5" w14:textId="635EFCA2" w:rsidR="006700E9" w:rsidRDefault="006700E9" w:rsidP="006700E9"/>
-    <w:p w14:paraId="336839E2" w14:textId="3DA122D4" w:rsidR="006700E9" w:rsidRPr="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
+    <w:p w14:paraId="27D77140" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="006700E9" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">Al-Homoud, F., &amp; Schmitt, N. (2009). Extensive reading in a challenging environment: A comparison of extensive and intensive reading approaches in Saudi Arabia. </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Language Teaching Research</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
-        <w:t>(4), 383–401. https://doi.org/10.1177/1362168809339569</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A210E">
+        <w:t>(4), 383</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006700E9">
+        <w:t>401. https://doi.org/10.1177/1362168809339569</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666126AF" w14:textId="486E472C" w:rsidR="006700E9" w:rsidRPr="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
+    <w:p w14:paraId="0F207254" w14:textId="77777777" w:rsidR="00102511" w:rsidRPr="006700E9" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">Boers, F. (2018). Incidental vocabulary learning. In P. Garrett &amp; J. M. Cots (Eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The Routledge </w:t>
       </w:r>
-      <w:r w:rsidR="002F0AD8">
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">andbook of </w:t>
       </w:r>
-      <w:r w:rsidR="002F0AD8">
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">anguage </w:t>
       </w:r>
-      <w:r w:rsidR="002F0AD8">
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>wareness</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve"> (pp. 185</w:t>
       </w:r>
-      <w:r w:rsidR="007A210E">
+      <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t>197). Routledge. https://doi.org/10.4324/9781315647759</w:t>
       </w:r>
-      <w:r w:rsidR="007A210E">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1BFE2B" w14:textId="63B23F35" w:rsidR="006700E9" w:rsidRDefault="006700E9" w:rsidP="007A210E">
+    <w:p w14:paraId="6ACEBE54" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">Burrows, C. (2012). Extensive reading and the development of language skills. </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ELT Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>66</w:t>
       </w:r>
       <w:r w:rsidRPr="006700E9">
-        <w:t>(3), 428–436. https://doi.org/10.1093/elt/ccr083</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A210E">
+        <w:t>(3), 428</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006700E9">
+        <w:t>436. https://doi.org/10.1093/elt/ccr083</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D98AFAF" w14:textId="50191C35" w:rsidR="00137F23" w:rsidRDefault="00137F23" w:rsidP="003E3810">
+    <w:p w14:paraId="1868971A" w14:textId="77777777" w:rsidR="00102511" w:rsidRDefault="00102511" w:rsidP="00102511">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00137F23">
-        <w:t>Dang, T. T. (2025). Developing a model for learner autonomy capacity measurement in EFL learning. </w:t>
+        <w:t>Dang, T. T. (2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137F23">
+        <w:t>Developing a model for learner autonomy capacity measurement in EFL learning.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>rEFLections</w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
-        <w:t>, </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
-        <w:t>(2), 1099–1119. </w:t>
+        <w:t>(2), 1099</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137F23">
+        <w:t>1119.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C6126">
         <w:t>https://doi.org/10.61508/refl.v32i2.283186</w:t>
       </w:r>
       <w:r w:rsidRPr="00137F23">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1162474C" w14:textId="28EF1F16" w:rsidR="007579CA" w:rsidRDefault="007579CA" w:rsidP="003E3810">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jones, D. (2023). Extensive reading… </w:t>
       </w:r>
       <w:r w:rsidRPr="007579CA">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>[This is the publication of the author, for example.]</w:t>
       </w:r>
     </w:p>
@@ -2736,99 +2403,100 @@
         <w:t>Handbook of intercultural communication</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC303D">
         <w:t>. Mouton de Gruyter.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC303D" w:rsidSect="00A67346">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1361" w:right="1361" w:bottom="1361" w:left="1361" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C3B1B11" w14:textId="77777777" w:rsidR="00637057" w:rsidRDefault="00637057" w:rsidP="001A7CC6">
+    <w:p w14:paraId="3369EF06" w14:textId="77777777" w:rsidR="003B468F" w:rsidRDefault="003B468F" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E53E743" w14:textId="77777777" w:rsidR="00637057" w:rsidRDefault="00637057" w:rsidP="001A7CC6">
+    <w:p w14:paraId="59D38A89" w14:textId="77777777" w:rsidR="003B468F" w:rsidRDefault="003B468F" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5EA821D6" w14:textId="77777777" w:rsidR="005F1F02" w:rsidRDefault="005F1F02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1175761524"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
@@ -2886,58 +2554,58 @@
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30E655FF" w14:textId="77777777" w:rsidR="005F1F02" w:rsidRDefault="005F1F02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06F0C6A4" w14:textId="77777777" w:rsidR="00637057" w:rsidRDefault="00637057" w:rsidP="001A7CC6">
+    <w:p w14:paraId="1570A3DB" w14:textId="77777777" w:rsidR="003B468F" w:rsidRDefault="003B468F" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71799371" w14:textId="77777777" w:rsidR="00637057" w:rsidRDefault="00637057" w:rsidP="001A7CC6">
+    <w:p w14:paraId="59BA38CF" w14:textId="77777777" w:rsidR="003B468F" w:rsidRDefault="003B468F" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45C18DD3" w14:textId="0BB7830B" w:rsidR="00D13914" w:rsidRDefault="00A67346" w:rsidP="00B749F8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:left w:val="single" w:sz="8" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsia="Yu Gothic"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004B2353">
       <w:rPr>
         <w:rFonts w:eastAsia="Yu Gothic"/>
@@ -3133,86 +2801,91 @@
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B3F15"/>
     <w:rsid w:val="0000351E"/>
     <w:rsid w:val="000C6126"/>
     <w:rsid w:val="000F5CA9"/>
+    <w:rsid w:val="00102511"/>
     <w:rsid w:val="00137F23"/>
     <w:rsid w:val="00193BB5"/>
     <w:rsid w:val="001A7CC6"/>
     <w:rsid w:val="001B2D3A"/>
     <w:rsid w:val="00246DC6"/>
     <w:rsid w:val="002C6E03"/>
     <w:rsid w:val="002F0AD8"/>
     <w:rsid w:val="003346C0"/>
     <w:rsid w:val="003473FC"/>
     <w:rsid w:val="00357368"/>
+    <w:rsid w:val="00365A20"/>
     <w:rsid w:val="003B3F15"/>
+    <w:rsid w:val="003B468F"/>
     <w:rsid w:val="003C683B"/>
     <w:rsid w:val="003E3810"/>
     <w:rsid w:val="004557C0"/>
     <w:rsid w:val="004818F3"/>
     <w:rsid w:val="004C0CC6"/>
     <w:rsid w:val="005241C7"/>
     <w:rsid w:val="00535B97"/>
     <w:rsid w:val="005D3DB4"/>
     <w:rsid w:val="005F1F02"/>
     <w:rsid w:val="00637057"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00713BEB"/>
     <w:rsid w:val="007579CA"/>
     <w:rsid w:val="007667D5"/>
     <w:rsid w:val="007A210E"/>
     <w:rsid w:val="008166D5"/>
     <w:rsid w:val="008C4AC5"/>
     <w:rsid w:val="009146F3"/>
     <w:rsid w:val="00933484"/>
     <w:rsid w:val="00963157"/>
     <w:rsid w:val="00A25204"/>
     <w:rsid w:val="00A67346"/>
     <w:rsid w:val="00AC1F47"/>
+    <w:rsid w:val="00B72E00"/>
     <w:rsid w:val="00B749F8"/>
     <w:rsid w:val="00C552EF"/>
+    <w:rsid w:val="00C75A30"/>
     <w:rsid w:val="00D13914"/>
     <w:rsid w:val="00D82627"/>
     <w:rsid w:val="00DC1712"/>
     <w:rsid w:val="00E00B12"/>
     <w:rsid w:val="00E0453E"/>
     <w:rsid w:val="00E25C4B"/>
     <w:rsid w:val="00EB4ADA"/>
     <w:rsid w:val="00EC303D"/>
     <w:rsid w:val="00F274CC"/>
     <w:rsid w:val="00F556B9"/>
     <w:rsid w:val="00F85231"/>
     <w:rsid w:val="00FA3DE4"/>
     <w:rsid w:val="00FD446A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -4497,69 +4170,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>789</Words>
-  <Characters>4500</Characters>
+  <Words>880</Words>
+  <Characters>5018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5279</CharactersWithSpaces>
+  <CharactersWithSpaces>5887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tin Dang</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>