--- v0 (2026-02-06)
+++ v1 (2026-03-24)
@@ -643,58 +643,58 @@
       <w:r w:rsidRPr="0078459E">
         <w:t>https://orcid.org/</w:t>
       </w:r>
       <w:r w:rsidRPr="0078459E">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>0000-0002-xxxx-xxxx</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0078459E" w:rsidRPr="00FA3DE4" w:rsidSect="00FA3DE4">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1361" w:right="1361" w:bottom="1361" w:left="1361" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B7A95DA" w14:textId="77777777" w:rsidR="001714A7" w:rsidRDefault="001714A7" w:rsidP="001A7CC6">
+    <w:p w14:paraId="4A1870CC" w14:textId="77777777" w:rsidR="00BB6C15" w:rsidRDefault="00BB6C15" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="196A8665" w14:textId="77777777" w:rsidR="001714A7" w:rsidRDefault="001714A7" w:rsidP="001A7CC6">
+    <w:p w14:paraId="34CCFE89" w14:textId="77777777" w:rsidR="00BB6C15" w:rsidRDefault="00BB6C15" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -773,229 +773,246 @@
         <w:r w:rsidRPr="003346C0">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="003346C0">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07916E5A" w14:textId="77777777" w:rsidR="001714A7" w:rsidRDefault="001714A7" w:rsidP="001A7CC6">
+    <w:p w14:paraId="25ADC1D9" w14:textId="77777777" w:rsidR="00BB6C15" w:rsidRDefault="00BB6C15" w:rsidP="001A7CC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36F9E4B8" w14:textId="77777777" w:rsidR="001714A7" w:rsidRDefault="001714A7" w:rsidP="001A7CC6">
+    <w:p w14:paraId="0DC7FD7A" w14:textId="77777777" w:rsidR="00BB6C15" w:rsidRDefault="00BB6C15" w:rsidP="001A7CC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2ECFAE9E" w14:textId="74BCBE2A" w:rsidR="005D3DB4" w:rsidRPr="005D3DB4" w:rsidRDefault="00E520D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E520D9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Journal of Technology Innovation and Learning Advancement</w:t>
     </w:r>
     <w:r w:rsidR="005D3DB4" w:rsidRPr="005D3DB4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="005D3DB4" w:rsidRPr="005D3DB4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Volume xx, Issue xx, 202x</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F74878B" w14:textId="522E633B" w:rsidR="005D3DB4" w:rsidRDefault="005D3DB4">
+  <w:p w14:paraId="3F74878B" w14:textId="78787B2D" w:rsidR="005D3DB4" w:rsidRDefault="005D3DB4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D3DB4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">ISSN: </w:t>
     </w:r>
     <w:r w:rsidR="00E520D9" w:rsidRPr="00E520D9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3083-3469</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
-      <w:t>pp. xx-xx</w:t>
+      <w:t xml:space="preserve">pp. </w:t>
+    </w:r>
+    <w:r w:rsidR="003B4D41">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>-xx</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A2464D7" w14:textId="77777777" w:rsidR="0081325C" w:rsidRDefault="0081325C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4D009442" w14:textId="77777777" w:rsidR="00E520D9" w:rsidRPr="005D3DB4" w:rsidRDefault="00E520D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B3F15"/>
     <w:rsid w:val="0000351E"/>
     <w:rsid w:val="0007768A"/>
     <w:rsid w:val="000C6A16"/>
     <w:rsid w:val="000F5CA9"/>
     <w:rsid w:val="00130660"/>
     <w:rsid w:val="001714A7"/>
     <w:rsid w:val="00191965"/>
     <w:rsid w:val="00193BB5"/>
     <w:rsid w:val="001A7CC6"/>
     <w:rsid w:val="001B2D3A"/>
     <w:rsid w:val="00246DC6"/>
     <w:rsid w:val="002C6E03"/>
     <w:rsid w:val="002D6649"/>
     <w:rsid w:val="002F0AD8"/>
     <w:rsid w:val="003346C0"/>
     <w:rsid w:val="00357368"/>
     <w:rsid w:val="0039291F"/>
+    <w:rsid w:val="003A6744"/>
     <w:rsid w:val="003B3F15"/>
+    <w:rsid w:val="003B4D41"/>
     <w:rsid w:val="003E3810"/>
     <w:rsid w:val="00462214"/>
     <w:rsid w:val="004818F3"/>
     <w:rsid w:val="004C0CC6"/>
     <w:rsid w:val="005241C7"/>
     <w:rsid w:val="00535B97"/>
     <w:rsid w:val="005438E2"/>
     <w:rsid w:val="005A5AAF"/>
     <w:rsid w:val="005D3DB4"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="006E0ED7"/>
     <w:rsid w:val="00713BEB"/>
     <w:rsid w:val="007667D5"/>
     <w:rsid w:val="0078459E"/>
     <w:rsid w:val="0078638B"/>
     <w:rsid w:val="007A1C93"/>
     <w:rsid w:val="007A210E"/>
     <w:rsid w:val="0081325C"/>
     <w:rsid w:val="008136DE"/>
     <w:rsid w:val="008166D5"/>
     <w:rsid w:val="009146F3"/>
     <w:rsid w:val="00933484"/>
     <w:rsid w:val="00963157"/>
     <w:rsid w:val="00A25204"/>
     <w:rsid w:val="00AC1F47"/>
     <w:rsid w:val="00B56405"/>
+    <w:rsid w:val="00BB6C15"/>
     <w:rsid w:val="00CE06CA"/>
     <w:rsid w:val="00D82627"/>
     <w:rsid w:val="00D94406"/>
     <w:rsid w:val="00E00B12"/>
     <w:rsid w:val="00E0453E"/>
     <w:rsid w:val="00E25C4B"/>
     <w:rsid w:val="00E262A9"/>
     <w:rsid w:val="00E520D9"/>
     <w:rsid w:val="00EB4ADA"/>
     <w:rsid w:val="00F1781D"/>
     <w:rsid w:val="00F274CC"/>
     <w:rsid w:val="00F556B9"/>
     <w:rsid w:val="00F85231"/>
     <w:rsid w:val="00FA3DE4"/>
     <w:rsid w:val="00FD446A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>